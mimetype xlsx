--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -5,876 +5,864 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bromley-my.sharepoint.com/personal/jonathan_richards_bromley_gov_uk/Documents/Street Scene and Greenspace/Skip Lists/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="55" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{10ED378C-80F3-44AA-BB8C-D9A94AB87802}"/>
+  <xr:revisionPtr revIDLastSave="61" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A9F8C8D3-C5D8-4F8A-9BDB-12546E7C06D4}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SKIPS" sheetId="1" r:id="rId1"/>
     <sheet name="MATERIALS" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">MATERIALS!$A$1:$E$7</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">SKIPS!$A$1:$F$142</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">MATERIALS!$A$1:$E$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">SKIPS!$A$1:$F$1</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="264">
   <si>
     <t>Materials Licence Number</t>
   </si>
   <si>
     <t>Materials Location (Road)</t>
   </si>
   <si>
     <t>Materials Location (Outside)</t>
   </si>
   <si>
     <t>Materials Licence Start Date</t>
   </si>
   <si>
     <t>Materials Licence End Date</t>
   </si>
   <si>
     <t>35A</t>
   </si>
   <si>
-    <t>26 September 2025</t>
+    <t>17 October 2025</t>
+  </si>
+  <si>
+    <t>30 October 2025</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>07 October 2025</t>
+  </si>
+  <si>
+    <t>20 October 2025</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>13 October 2025</t>
+  </si>
+  <si>
+    <t>26 October 2025</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>15 October 2025</t>
+  </si>
+  <si>
+    <t>28 October 2025</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>02 November 2025</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Side of fence of no.4 Ullswater Close, in Coniston Road</t>
+  </si>
+  <si>
+    <t>27 October 2025</t>
+  </si>
+  <si>
+    <t>09 November 2025</t>
+  </si>
+  <si>
+    <t>High Street, West Wickham, BR4 0LR</t>
+  </si>
+  <si>
+    <t>Copse Avenue, West Wickham, BR4 9NW</t>
+  </si>
+  <si>
+    <t>Ullswater Close, Bromley, BR1 4JF</t>
+  </si>
+  <si>
+    <t>Mackenzie Road, Beckenham, BR3 4RT</t>
+  </si>
+  <si>
+    <t>Allen Road, Beckenham, BR3 4NU</t>
+  </si>
+  <si>
+    <t>Westland Drive, Hayes, Bromley, BR2 7HE</t>
+  </si>
+  <si>
+    <t>Skip Licence Number</t>
+  </si>
+  <si>
+    <t>Skip Location (Road)</t>
+  </si>
+  <si>
+    <t>Skip Location (Outside)</t>
+  </si>
+  <si>
+    <t>Skip Licence Start Date</t>
+  </si>
+  <si>
+    <t>Skip Licence End Date</t>
+  </si>
+  <si>
+    <t>LBB Registration Number</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>21 October 2025</t>
+  </si>
+  <si>
+    <t>03 November 2025</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>062</t>
+  </si>
+  <si>
+    <t>08 October 2025</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>22 October 2025</t>
+  </si>
+  <si>
+    <t>04 November 2025</t>
   </si>
   <si>
     <t>09 October 2025</t>
   </si>
   <si>
-    <t>alongside fence of 4 in Coniston Road</t>
-[...14 lines deleted...]
-    <t>30 September 2025</t>
+    <t>002</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>093</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>18 October 2025</t>
+  </si>
+  <si>
+    <t>31 October 2025</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>approx 12</t>
+  </si>
+  <si>
+    <t>10 November 2025</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>10 October 2025</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>05 November 2025</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>14 October 2025</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>137 Upper Elmers End Road</t>
+  </si>
+  <si>
+    <t>06 October 2025</t>
+  </si>
+  <si>
+    <t>19 October 2025</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>24 October 2025</t>
+  </si>
+  <si>
+    <t>06 November 2025</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>16 October 2025</t>
+  </si>
+  <si>
+    <t>29 October 2025</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>11 October 2025</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>18a</t>
+  </si>
+  <si>
+    <t>02 April 2302</t>
+  </si>
+  <si>
+    <t>15 April 2302</t>
+  </si>
+  <si>
+    <t>1D</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>25 October 2025</t>
+  </si>
+  <si>
+    <t>07 November 2025</t>
+  </si>
+  <si>
+    <t>043</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>073</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Burger King</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>04 October 2025</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>side of 270 in Lodge Gardens</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>2a</t>
+  </si>
+  <si>
+    <t>in Norlands Crescent</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>16 November 2025</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>25 November 2025</t>
+  </si>
+  <si>
+    <t>08 December 2025</t>
+  </si>
+  <si>
+    <t>027</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>41a</t>
+  </si>
+  <si>
+    <t>098</t>
+  </si>
+  <si>
+    <t>41A</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>rear of 5 in Withens Close</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>13 November 2025</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>25 June 7202</t>
+  </si>
+  <si>
+    <t>08 July 7202</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>22 September 2025</t>
-[...380 lines deleted...]
-    <t>62</t>
+    <t>6 - 8</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>7</t>
-[...8 lines deleted...]
-    <t>77</t>
+    <t>66</t>
+  </si>
+  <si>
+    <t>opp no 5 The Ridge</t>
+  </si>
+  <si>
+    <t>71</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>82</t>
-[...5 lines deleted...]
-    <t>84 Crockenhill Road</t>
+    <t>84</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
+    <t>37</t>
+  </si>
+  <si>
     <t>87</t>
   </si>
   <si>
-    <t>87 Canon Road</t>
-[...23 lines deleted...]
-    <t>Ringshall Road, Orpington, BR5 2LY</t>
+    <t>12 November 2025</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Elm Cottage</t>
+  </si>
+  <si>
+    <t>Flat 3, Meopham Court</t>
+  </si>
+  <si>
+    <t>Flat 4, 28 Oaklands Road, Bromley, BR1 3SL</t>
+  </si>
+  <si>
+    <t>Flat 4, 44</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Speedwell Patch</t>
+  </si>
+  <si>
+    <t>Florence Road, Bromley, BR1 3NU</t>
+  </si>
+  <si>
+    <t>Fairfield Road, Bromley, BR1 3QN</t>
   </si>
   <si>
     <t>Conifer Close, Orpington, BR6 9QD</t>
   </si>
   <si>
-    <t>Eastry Avenue, Hayes, Bromley, BR2 7PF</t>
-[...2 lines deleted...]
-    <t>Raglan Road, Bromley, BR2 9NW</t>
+    <t>Crossways Road, Beckenham, BR3 3JP</t>
+  </si>
+  <si>
+    <t>High Street, Farnborough, Orpington, BR6 7AZ</t>
+  </si>
+  <si>
+    <t>Chipperfield Road, Orpington, BR5 2EA</t>
+  </si>
+  <si>
+    <t>Ravenscroft Road, Beckenham, BR3 4TP</t>
+  </si>
+  <si>
+    <t>Yeovil Close, Orpington, BR6 8BT</t>
+  </si>
+  <si>
+    <t>Upper Elmers End Road, Beckenham, BR3 3QU</t>
+  </si>
+  <si>
+    <t>Amesbury Road, Bromley, BR1 2QJ</t>
+  </si>
+  <si>
+    <t>Pickhurst Rise, West Wickham, BR4 0AW</t>
+  </si>
+  <si>
+    <t>Arrol Road, Beckenham, BR3 4NX</t>
+  </si>
+  <si>
+    <t>Morston Gardens, Mottingham, London, SE9 4NE</t>
+  </si>
+  <si>
+    <t>Spur Road, Orpington, BR6 0QR</t>
+  </si>
+  <si>
+    <t>Tintagel Road, Orpington, BR5 4LG</t>
+  </si>
+  <si>
+    <t>Derry Downs, Orpington, BR5 4DT</t>
+  </si>
+  <si>
+    <t>Foxgrove Road, Beckenham, BR3 5AT</t>
+  </si>
+  <si>
+    <t>Garden Road, Bromley, BR1 3LX</t>
+  </si>
+  <si>
+    <t>High Beeches, Orpington, BR6 6EF</t>
+  </si>
+  <si>
+    <t>Oak Tree Gardens, Bromley, BR1 5BH</t>
+  </si>
+  <si>
+    <t>Cowper Road, Bromley, BR2 9RT</t>
+  </si>
+  <si>
+    <t>Blandford Road, Beckenham, BR3 4NG</t>
+  </si>
+  <si>
+    <t>Ferndown Avenue, Orpington, BR6 8DF</t>
+  </si>
+  <si>
+    <t>Venner Road, Sydenham, London, SE26 5HT</t>
+  </si>
+  <si>
+    <t>Royal Parade, Chislehurst, BR7 6NR</t>
+  </si>
+  <si>
+    <t>Ridsdale Road, Penge, London, SE20 8AG</t>
+  </si>
+  <si>
+    <t>Babbacombe Road, Bromley, BR1 3LW</t>
+  </si>
+  <si>
+    <t>Beaumont Road, Petts Wood, Orpington, BR5 1JN</t>
+  </si>
+  <si>
+    <t>Salisbury Road, Bromley, BR2 9PU</t>
+  </si>
+  <si>
+    <t>Thornton Road, Bromley, BR1 5AP</t>
+  </si>
+  <si>
+    <t>Ash Road, Orpington, BR6 6AZ</t>
+  </si>
+  <si>
+    <t>High Street, Orpington, BR6 0LS</t>
+  </si>
+  <si>
+    <t>Bourne Road, Bromley, BR2 9PB</t>
+  </si>
+  <si>
+    <t>Lower Camden, Chislehurst, BR7 5HX</t>
+  </si>
+  <si>
+    <t>Oaklands Road, Bromley, BR1 3SL</t>
+  </si>
+  <si>
+    <t>Greenway, Chislehurst, BR7 6JQ</t>
+  </si>
+  <si>
+    <t>Heathfield Road, Bromley, BR1 3RN</t>
+  </si>
+  <si>
+    <t>Phoenix Road, Penge, London, SE20 7BT</t>
+  </si>
+  <si>
+    <t>Milestone Road, Anerley, London, SE19 2LL</t>
+  </si>
+  <si>
+    <t>Village Way, Beckenham, BR3 3PJ</t>
+  </si>
+  <si>
+    <t>Upper Elmers End Road, Beckenham, BR3 3HF</t>
+  </si>
+  <si>
+    <t>Marlow Road, Penge, London, SE20 7UY</t>
+  </si>
+  <si>
+    <t>Ravenscourt Road, Orpington, BR5 2PW</t>
+  </si>
+  <si>
+    <t>Garden Road, Bromley, BR1 3LU</t>
+  </si>
+  <si>
+    <t>Crab Hill, Beckenham, BR3 5HE</t>
+  </si>
+  <si>
+    <t>Cottingham Road, Penge, London, SE20 7PT</t>
+  </si>
+  <si>
+    <t>Liddon Road, Bromley, BR1 2SS</t>
+  </si>
+  <si>
+    <t>Lakes Road, Keston, BR2 6BN</t>
   </si>
   <si>
     <t>Colesburg Road, Beckenham, BR3 4HP</t>
   </si>
   <si>
-    <t>Yeovil Close, Orpington, BR6 8BT</t>
-[...101 lines deleted...]
-    <t>Ascot Road, Orpington, BR5 2JF</t>
+    <t>Croft Road, Bromley, BR1 4DR</t>
+  </si>
+  <si>
+    <t>Fashoda Road, Bromley, BR2 9RE</t>
+  </si>
+  <si>
+    <t>Addison Road, Bromley, BR2 9RR</t>
+  </si>
+  <si>
+    <t>Royston Road, Penge, London, SE20 7QW</t>
+  </si>
+  <si>
+    <t>Albert Road, Bromley, BR2 9PY</t>
+  </si>
+  <si>
+    <t>Cambridge Road, Penge, London, SE20 7XL</t>
+  </si>
+  <si>
+    <t>Churchfields Road, Beckenham, BR3 4QW</t>
+  </si>
+  <si>
+    <t>Farnaby Road, Bromley, BR1 4BJ</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JF</t>
+  </si>
+  <si>
+    <t>Maberley Road, Anerley, London, SE19 2JE</t>
   </si>
   <si>
     <t>Bickley Crescent, Bickley, Bromley, BR1 2DW</t>
   </si>
   <si>
-    <t>Ravenscourt Road, Orpington, BR5 2PW</t>
-[...61 lines deleted...]
-  <si>
     <t>Haywood Road, Bromley, BR2 9RG</t>
   </si>
   <si>
-    <t>Waldegrave Road, Anerley, London, SE19 2AL</t>
-[...1 lines deleted...]
-  <si>
     <t>Foxgrove Avenue, Beckenham, BR3 5BA</t>
   </si>
   <si>
     <t>Mosslea Road, Penge, London, SE20 7BP</t>
   </si>
   <si>
     <t>Newstead Avenue, Orpington, BR6 9RW</t>
   </si>
   <si>
+    <t>Kimberley Road, Beckenham, BR3 4QU</t>
+  </si>
+  <si>
+    <t>Bromley Crescent, Bromley, BR2 0HA</t>
+  </si>
+  <si>
     <t>Grove Park Road, Mottingham, London, SE9 4NS</t>
   </si>
   <si>
     <t>Mooreland Road, Bromley, BR1 3RD</t>
   </si>
   <si>
     <t>Lansdowne Road, Bromley, BR1 3PQ</t>
   </si>
   <si>
     <t>Leamington Avenue, Bromley, BR1 5BL</t>
   </si>
   <si>
-    <t>Bloomfield Road, Bromley, BR2 9RY</t>
-[...5 lines deleted...]
-    <t>enver Close, Petts Wood, Orpington, BR6 0SB</t>
+    <t>Leesons Way, Orpington, BR5 2QB</t>
   </si>
   <si>
     <t>Plaistow Grove, Bromley, BR1 3PB</t>
   </si>
   <si>
-    <t>High Street, Penge, London, SE20 7HW</t>
+    <t>Sandringham Road, Bromley, BR1 5AR</t>
+  </si>
+  <si>
+    <t>Albany Road, Chislehurst, BR7 6BQ</t>
   </si>
   <si>
     <t>Durham Road, Shortlands, Bromley, BR2 0SW</t>
   </si>
   <si>
-    <t>Sandringham Road, Bromley, BR1 5AR</t>
-[...16 lines deleted...]
-  <si>
     <t>Crockenhill Road, Orpington, BR5 4DF</t>
   </si>
   <si>
     <t>Marlow Road, Penge, London, SE20 7XR</t>
   </si>
   <si>
     <t>Canon Road, Bromley, BR1 2SL</t>
   </si>
   <si>
+    <t>Clarendon Green, Orpington, BR5 2NZ</t>
+  </si>
+  <si>
+    <t>Arbor Close, Beckenham, BR3 6TW</t>
+  </si>
+  <si>
+    <t>CURTISMILL WAY BR5 2JZ</t>
+  </si>
+  <si>
+    <t>Meadow Road, Bromley, BR2 0DX</t>
+  </si>
+  <si>
     <t>Wellsmoor Gardens, Bickley, Bromley, BR1 2HT</t>
   </si>
   <si>
-    <t>Woodlea Drive, Bromley, BR2 0UG</t>
+    <t>Bromley Gardens, Bromley, BR2 0ET</t>
   </si>
   <si>
     <t>Hillcrest Road, Bromley, BR1 4SB</t>
   </si>
   <si>
-    <t>Jaffray Road, Bromley, BR2 9NR</t>
-[...5 lines deleted...]
-    <t>Alpine Copse, Bickley, Bromley, BR1 2AW</t>
+    <t>Laxey Road, Orpington, BR6 6BL</t>
+  </si>
+  <si>
+    <t>Princes Road, Penge, London, SE20 7JN</t>
+  </si>
+  <si>
+    <t>Sheridan Crescent, Chislehurst, BR7 5RZ</t>
+  </si>
+  <si>
+    <t>Sunningdale Road, Bickley, Bromley, BR1 2EU</t>
+  </si>
+  <si>
+    <t>WALKDEN ROAD BR7 6DX</t>
   </si>
   <si>
     <t>Camden Grove, Chislehurst, BR7 5BH</t>
   </si>
   <si>
     <t>Okemore Gardens, Orpington, BR5 3PJ</t>
   </si>
   <si>
+    <t>Gladstone Road, Orpington, BR6 7EA</t>
+  </si>
+  <si>
+    <t>Denver Close, Petts Wood, Orpington, BR6 0SB</t>
+  </si>
+  <si>
+    <t>Thorndon Close, Orpington, BR5 2SJ</t>
+  </si>
+  <si>
     <t>Ashbourne Rise, Orpington, BR6 9PY</t>
   </si>
   <si>
     <t>Bridge Road, Orpington, BR5 2BJ</t>
   </si>
   <si>
-    <t>Kelsey Road, Orpington, BR5 3AP</t>
+    <t>Pound Court Drive, Orpington, BR6 8AH</t>
   </si>
   <si>
     <t>Sennen Walk, Mottingham, London, SE9 4UA</t>
   </si>
   <si>
-    <t>Tennyson Road, Penge, London, SE20 7ND</t>
-[...5 lines deleted...]
-    <t>Chislehurst Road, Chislehurst, BR1 2NL</t>
+    <t>Smarden Grove, Mottingham, London, SE9 4LS</t>
+  </si>
+  <si>
+    <t>Palmerston Road, Orpington, BR6 7ED</t>
   </si>
   <si>
     <t>High Elms Road, Downe, Orpington, BR6 7JN</t>
   </si>
   <si>
-    <t>Durham Avenue, Shortlands, Bromley, BR2 0QE</t>
-[...5 lines deleted...]
-    <t>Gladstone Road, Orpington, BR6 7EA</t>
+    <t>Beckenham Grove, Bromley, BR2 0XL</t>
+  </si>
+  <si>
+    <t>The Avenue, Beckenham, BR3 5ER</t>
+  </si>
+  <si>
+    <t>Durham Avenue, Bromley, BR2 0QE</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JG</t>
+  </si>
+  <si>
+    <t>Chelsfield Lane, Orpington, BR6 7RP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
@@ -946,52 +934,52 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{99829DF2-93B9-479D-9D14-40A37EFBD3D4}"/>
-    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{8154BAA3-0E3C-4CBD-9265-FC0EAF1C5F92}"/>
+    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{B41F9C2A-39B4-4614-BDC0-43402CBA6916}"/>
+    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{F16BF28E-5328-4A57-8189-72A98C4483FF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1229,3060 +1217,3092 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F142"/>
+  <dimension ref="A1:F143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
+      <selection pane="bottomLeft" activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="24.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.7109375" customWidth="1"/>
+    <col min="3" max="3" width="26.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="28" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B1" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C1" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D1" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E1" s="5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="6">
-        <v>22947</v>
+        <v>23126</v>
       </c>
       <c r="B2" s="7" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
       <c r="C2" s="7" t="s">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="D2" s="8" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="E2" s="8" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F2" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
-        <v>23014</v>
+        <v>23152</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="6">
-        <v>23018</v>
+        <v>23076</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>214</v>
+        <v>238</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="D4" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="6">
+        <v>23154</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="6">
+        <v>23075</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="6">
+        <v>23128</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="6">
+        <v>23106</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C8" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="E4" s="8" t="s">
+      <c r="D8" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="F4" s="7" t="s">
-[...19 lines deleted...]
-      <c r="F5" s="7" t="s">
+      <c r="E8" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-[...49 lines deleted...]
-      <c r="D8" s="8" t="s">
+    <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="6">
+        <v>23067</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="E8" s="8" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F9" s="7" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
-        <v>22986</v>
+        <v>23163</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>202</v>
+        <v>159</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="F10" s="7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="6">
-        <v>23030</v>
+        <v>23143</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>189</v>
+        <v>160</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E11" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="6">
+        <v>23070</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F12" s="7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="6">
-        <v>22939</v>
+        <v>23132</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>257</v>
+        <v>162</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>144</v>
+        <v>58</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="6">
-        <v>23020</v>
+        <v>23130</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>257</v>
+        <v>163</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>144</v>
+        <v>58</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="6">
-        <v>22921</v>
+        <v>23093</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>243</v>
+        <v>164</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>149</v>
+        <v>58</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
-        <v>22995</v>
+        <v>23013</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>203</v>
+        <v>165</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
-        <v>22999</v>
+        <v>23119</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>203</v>
+        <v>166</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>116</v>
+        <v>66</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="E17" s="8" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
-        <v>22929</v>
+        <v>23105</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>203</v>
+        <v>167</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>125</v>
+        <v>69</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="6">
-        <v>23009</v>
+        <v>23052</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>203</v>
+        <v>168</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>126</v>
+        <v>72</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="6">
-        <v>22969</v>
+        <v>23139</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>234</v>
+        <v>168</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>139</v>
+        <v>72</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A21" s="6">
-        <v>22953</v>
+        <v>23071</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="6">
-        <v>23036</v>
+        <v>23073</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>191</v>
+        <v>170</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>92</v>
+        <v>40</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="6">
-        <v>22952</v>
+        <v>23156</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>184</v>
+        <v>170</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="E23" s="8" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="6">
-        <v>23047</v>
+        <v>23117</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>258</v>
+        <v>171</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="6">
-        <v>22972</v>
+        <v>23080</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>221</v>
+        <v>172</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>114</v>
+        <v>74</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="E25" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="6">
+        <v>23142</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="F25" s="7" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F26" s="7" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A27" s="6">
-        <v>22950</v>
+        <v>23138</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>248</v>
+        <v>173</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>146</v>
+        <v>42</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>153</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="6">
-        <v>23017</v>
+        <v>23085</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>248</v>
+        <v>174</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="6">
-        <v>22946</v>
+        <v>23083</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A30" s="6">
-        <v>23031</v>
+        <v>23160</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="6">
-        <v>22961</v>
+        <v>23149</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>223</v>
+        <v>176</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E31" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="6">
+        <v>23167</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="6">
+        <v>23059</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E33" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="6">
+        <v>23151</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="F31" s="7" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="E34" s="8" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="6">
-        <v>23033</v>
+        <v>23043</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E35" s="8" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="6">
-        <v>23001</v>
+        <v>23121</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="6">
-        <v>23041</v>
+        <v>16802</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>245</v>
+        <v>181</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>150</v>
+        <v>82</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="6">
-        <v>22943</v>
+        <v>23046</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>208</v>
+        <v>182</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>12</v>
+        <v>64</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A39" s="6">
-        <v>23026</v>
+        <v>23155</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>208</v>
+        <v>240</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="6">
-        <v>22968</v>
+        <v>23078</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>178</v>
+        <v>241</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="6">
-        <v>23015</v>
+        <v>23170</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>151</v>
+        <v>86</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="6">
-        <v>22927</v>
+        <v>23088</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>211</v>
+        <v>242</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="6">
-        <v>22985</v>
+        <v>23136</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>158</v>
+        <v>86</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="6">
-        <v>22872</v>
+        <v>23118</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>239</v>
+        <v>183</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A45" s="6">
-        <v>22940</v>
+        <v>23162</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>165</v>
+        <v>184</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A46" s="6">
-        <v>23040</v>
+        <v>23159</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>236</v>
+        <v>185</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="6">
-        <v>22997</v>
+        <v>23045</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A48" s="6">
-        <v>22948</v>
+        <v>23030</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="6">
-        <v>23027</v>
+        <v>23109</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>129</v>
+        <v>18</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="6">
-        <v>23023</v>
+        <v>23129</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="6">
-        <v>23008</v>
+        <v>23036</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A52" s="6">
-        <v>22996</v>
+        <v>23114</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>267</v>
+        <v>189</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A53" s="6">
-        <v>22966</v>
+        <v>23057</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C53" s="7" t="s">
         <v>97</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="54" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="6">
-        <v>23032</v>
+        <v>23122</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="6">
-        <v>22957</v>
+        <v>23115</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>230</v>
+        <v>192</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>134</v>
+        <v>98</v>
       </c>
       <c r="D55" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A56" s="6">
+        <v>23061</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E56" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="E55" s="8" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F56" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A57" s="6">
-        <v>22937</v>
+        <v>23144</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="6">
-        <v>22918</v>
+        <v>23148</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>222</v>
+        <v>194</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A59" s="6">
-        <v>22956</v>
+        <v>23064</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>222</v>
+        <v>195</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A60" s="6">
-        <v>22955</v>
+        <v>23133</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="6">
-        <v>22920</v>
+        <v>23137</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A62" s="6">
-        <v>23048</v>
+        <v>23025</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>225</v>
+        <v>197</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="6">
-        <v>22973</v>
+        <v>23060</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="6">
-        <v>23022</v>
+        <v>23035</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>157</v>
+        <v>103</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A65" s="6">
-        <v>22942</v>
+        <v>23104</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>157</v>
+        <v>103</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A66" s="6">
-        <v>22931</v>
+        <v>23023</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>238</v>
+        <v>200</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>141</v>
+        <v>104</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A67" s="6">
-        <v>23005</v>
+        <v>23058</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>251</v>
+        <v>201</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>82</v>
+        <v>105</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="F67" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="68" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A68" s="6">
-        <v>22923</v>
+        <v>23113</v>
       </c>
       <c r="B68" s="7" t="s">
         <v>244</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>149</v>
+        <v>106</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>18</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="69" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A69" s="6">
-        <v>22935</v>
+        <v>23068</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F69" s="7" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A70" s="6">
-        <v>22989</v>
+        <v>23099</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>235</v>
+        <v>202</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>139</v>
+        <v>108</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F70" s="7" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A71" s="6">
-        <v>22958</v>
+        <v>23050</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>259</v>
+        <v>203</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="F71" s="7" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="6">
-        <v>23011</v>
+        <v>23125</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="F72" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="6">
-        <v>22987</v>
+        <v>23111</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="F73" s="7" t="s">
-        <v>50</v>
+        <v>81</v>
       </c>
     </row>
     <row r="74" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A74" s="6">
-        <v>22930</v>
+        <v>23034</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>232</v>
+        <v>199</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="E74" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A75" s="6">
+        <v>23103</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="D75" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="F74" s="7" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="E75" s="8" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="F75" s="7" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="6">
-        <v>22970</v>
+        <v>23157</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A77" s="6">
-        <v>23050</v>
+        <v>23069</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F77" s="7" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
     </row>
     <row r="78" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="6">
-        <v>23042</v>
+        <v>23166</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="F78" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="6">
-        <v>22971</v>
+        <v>23098</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="F79" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="6">
-        <v>22944</v>
+        <v>23091</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>145</v>
+        <v>110</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="81" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A81" s="6">
-        <v>23007</v>
+        <v>23147</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>241</v>
+        <v>205</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>145</v>
+        <v>111</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="E81" s="8" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="82" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A82" s="6">
-        <v>22954</v>
+        <v>23039</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E82" s="8" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F82" s="7" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A83" s="6">
-        <v>23003</v>
+        <v>23094</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>122</v>
+        <v>18</v>
       </c>
       <c r="F83" s="7" t="s">
-        <v>121</v>
+        <v>39</v>
       </c>
     </row>
     <row r="84" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A84" s="6">
-        <v>23021</v>
+        <v>23150</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="E84" s="8" t="s">
-        <v>49</v>
+        <v>112</v>
       </c>
       <c r="F84" s="7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A85" s="6">
-        <v>22990</v>
+        <v>23079</v>
       </c>
       <c r="B85" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E85" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A86" s="6">
+        <v>23165</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="E86" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A87" s="6">
+        <v>23161</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E87" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A88" s="6">
+        <v>23134</v>
+      </c>
+      <c r="B88" s="7" t="s">
         <v>185</v>
       </c>
-      <c r="C85" s="7" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="C88" s="7" t="s">
-        <v>152</v>
+        <v>113</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E88" s="8" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="F88" s="7" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="6">
-        <v>23038</v>
+        <v>23042</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>247</v>
+        <v>203</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="E89" s="8" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="F89" s="7" t="s">
-        <v>153</v>
+        <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A90" s="6">
-        <v>22979</v>
+        <v>23123</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>41</v>
+        <v>117</v>
       </c>
       <c r="D90" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A91" s="6">
+        <v>23072</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E91" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="E90" s="8" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F91" s="7" t="s">
-        <v>50</v>
+        <v>99</v>
       </c>
     </row>
     <row r="92" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A92" s="6">
-        <v>22945</v>
+        <v>23087</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E92" s="8" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F92" s="7" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A93" s="6">
-        <v>22982</v>
+        <v>23081</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="E93" s="8" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="F93" s="7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="94" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A94" s="6">
-        <v>22992</v>
+        <v>23062</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="F94" s="7" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
     </row>
     <row r="95" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A95" s="6">
-        <v>23054</v>
+        <v>23145</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="E95" s="8" t="s">
-        <v>135</v>
+        <v>43</v>
       </c>
       <c r="F95" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A96" s="6">
-        <v>22998</v>
+        <v>23003</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>172</v>
+        <v>215</v>
       </c>
       <c r="C96" s="7" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="E96" s="8" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="F96" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A97" s="6">
-        <v>23055</v>
+        <v>23135</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="E97" s="8" t="s">
-        <v>122</v>
+        <v>59</v>
       </c>
       <c r="F97" s="7" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
     </row>
     <row r="98" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="6">
-        <v>23012</v>
+        <v>23090</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E98" s="8" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="F98" s="7" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="99" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A99" s="6">
-        <v>22941</v>
+        <v>23048</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="D99" s="8" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E99" s="8" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="F99" s="7" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
     </row>
     <row r="100" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A100" s="6">
-        <v>22912</v>
+        <v>23100</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>188</v>
+        <v>218</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>87</v>
+        <v>125</v>
       </c>
       <c r="D100" s="8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E100" s="8" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F100" s="7" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A101" s="6">
+        <v>23082</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A102" s="6">
         <v>23051</v>
       </c>
-      <c r="B101" s="7" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B102" s="7" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="E102" s="8" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F102" s="7" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A103" s="6">
-        <v>22922</v>
+        <v>23055</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>176</v>
+        <v>219</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="E103" s="8" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="F103" s="7" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A104" s="6">
-        <v>23006</v>
+        <v>23107</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="D104" s="8" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="E104" s="8" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
       <c r="F104" s="7" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
     </row>
     <row r="105" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A105" s="6">
-        <v>23019</v>
+        <v>23097</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>166</v>
+        <v>221</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>46</v>
+        <v>131</v>
       </c>
       <c r="D105" s="8" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="E105" s="8" t="s">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="F105" s="7" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="106" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A106" s="6">
-        <v>23035</v>
+        <v>23168</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>57</v>
+        <v>133</v>
       </c>
       <c r="F106" s="7" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A107" s="6">
-        <v>23034</v>
+        <v>23044</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="C107" s="7" t="s">
-        <v>106</v>
+        <v>132</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="E107" s="8" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="F107" s="7" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A108" s="6">
-        <v>23046</v>
+        <v>23054</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="D108" s="8" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="E108" s="8" t="s">
         <v>57</v>
       </c>
       <c r="F108" s="7" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A109" s="6">
-        <v>22960</v>
+        <v>23089</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>163</v>
+        <v>225</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>44</v>
+        <v>134</v>
       </c>
       <c r="D109" s="8" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E109" s="8" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="F109" s="7" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A110" s="6">
-        <v>22933</v>
+        <v>23153</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="D110" s="8" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="E110" s="8" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="F110" s="7" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="111" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A111" s="6">
-        <v>23002</v>
+        <v>15119</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>207</v>
+        <v>226</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="D111" s="8" t="s">
-        <v>70</v>
+        <v>135</v>
       </c>
       <c r="E111" s="8" t="s">
-        <v>71</v>
+        <v>136</v>
       </c>
       <c r="F111" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A112" s="6">
-        <v>16802</v>
+        <v>23066</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>182</v>
+        <v>249</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="D112" s="8" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="E112" s="8" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="F112" s="7" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A113" s="6">
-        <v>23039</v>
+        <v>23141</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>215</v>
+        <v>249</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="D113" s="8" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="E113" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F113" s="7" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A114" s="6">
-        <v>23000</v>
+        <v>23110</v>
       </c>
       <c r="B114" s="7" t="s">
-        <v>216</v>
+        <v>250</v>
       </c>
       <c r="C114" s="7" t="s">
-        <v>110</v>
+        <v>137</v>
       </c>
       <c r="D114" s="8" t="s">
         <v>6</v>
       </c>
       <c r="E114" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F114" s="7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="115" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A115" s="6">
-        <v>22951</v>
+        <v>23164</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="D115" s="8" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="E115" s="8" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="F115" s="7" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="116" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A116" s="6">
-        <v>22993</v>
+        <v>23124</v>
       </c>
       <c r="B116" s="7" t="s">
-        <v>219</v>
+        <v>27</v>
       </c>
       <c r="C116" s="7" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="D116" s="8" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="E116" s="8" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="F116" s="7" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A117" s="6">
-        <v>22980</v>
+        <v>23131</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>260</v>
+        <v>227</v>
       </c>
       <c r="C117" s="7" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="D117" s="8" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="E117" s="8" t="s">
         <v>59</v>
       </c>
       <c r="F117" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A118" s="6">
-        <v>23053</v>
+        <v>23116</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>260</v>
+        <v>228</v>
       </c>
       <c r="C118" s="7" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="D118" s="8" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="E118" s="8" t="s">
-        <v>122</v>
+        <v>71</v>
       </c>
       <c r="F118" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A119" s="6">
-        <v>22924</v>
+        <v>23127</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>193</v>
+        <v>229</v>
       </c>
       <c r="C119" s="7" t="s">
-        <v>93</v>
+        <v>139</v>
       </c>
       <c r="D119" s="8" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="E119" s="8" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="F119" s="7" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
     </row>
     <row r="120" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A120" s="6">
-        <v>22994</v>
+        <v>23101</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>173</v>
+        <v>230</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>58</v>
+        <v>140</v>
       </c>
       <c r="D120" s="8" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="E120" s="8" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="F120" s="7" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A121" s="6">
-        <v>22967</v>
+        <v>23096</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>174</v>
+        <v>231</v>
       </c>
       <c r="C121" s="7" t="s">
-        <v>64</v>
+        <v>140</v>
       </c>
       <c r="D121" s="8" t="s">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="E121" s="8" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="F121" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A122" s="6">
-        <v>22962</v>
+        <v>23095</v>
       </c>
       <c r="B122" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D122" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A123" s="6">
+        <v>23047</v>
+      </c>
+      <c r="B123" s="7" t="s">
         <v>253</v>
       </c>
-      <c r="C122" s="7" t="s">
-[...5 lines deleted...]
-      <c r="E122" s="8" t="s">
+      <c r="C123" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D123" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E123" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="F122" s="7" t="s">
+      <c r="F123" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A124" s="6">
+        <v>23112</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D124" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E124" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A125" s="6">
+        <v>23053</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D125" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E125" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F125" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="45" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F123" s="7" t="s">
+    <row r="126" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A126" s="6">
+        <v>23056</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D126" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F126" s="7" t="s">
         <v>47</v>
-      </c>
-[...58 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="127" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A127" s="6">
-        <v>22928</v>
+        <v>23084</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="C127" s="7" t="s">
-        <v>117</v>
+        <v>142</v>
       </c>
       <c r="D127" s="8" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E127" s="8" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F127" s="7" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
     </row>
     <row r="128" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A128" s="6">
-        <v>23010</v>
+        <v>23063</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>23</v>
+        <v>257</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="D128" s="8" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="E128" s="8" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F128" s="7" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A129" s="6">
-        <v>23025</v>
+        <v>23041</v>
       </c>
       <c r="B129" s="7" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
       <c r="C129" s="7" t="s">
-        <v>99</v>
+        <v>8</v>
       </c>
       <c r="D129" s="8" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="E129" s="8" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="F129" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A130" s="6">
+        <v>23092</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D130" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E130" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F130" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="130" spans="1:6" ht="45" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-    <row r="131" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A131" s="6">
-        <v>23013</v>
+        <v>23169</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>56</v>
+        <v>144</v>
       </c>
       <c r="D131" s="8" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E131" s="8" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F131" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A132" s="6">
-        <v>22855</v>
+        <v>23037</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>161</v>
+        <v>233</v>
       </c>
       <c r="C132" s="7" t="s">
-        <v>39</v>
+        <v>145</v>
       </c>
       <c r="D132" s="8" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="E132" s="8" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="F132" s="7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A133" s="6">
+        <v>23038</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="D133" s="8" t="s">
         <v>40</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E133" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F133" s="7" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A134" s="6">
-        <v>23043</v>
+        <v>23077</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>181</v>
+        <v>234</v>
       </c>
       <c r="C134" s="7" t="s">
-        <v>75</v>
+        <v>147</v>
       </c>
       <c r="D134" s="8" t="s">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="E134" s="8" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F134" s="7" t="s">
-        <v>76</v>
+        <v>146</v>
       </c>
     </row>
     <row r="135" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A135" s="6">
-        <v>22934</v>
+        <v>23158</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D135" s="8" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E135" s="8" t="s">
-        <v>10</v>
+        <v>149</v>
       </c>
       <c r="F135" s="7" t="s">
-        <v>50</v>
+        <v>146</v>
       </c>
     </row>
     <row r="136" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A136" s="6">
-        <v>22959</v>
+        <v>23086</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>220</v>
+        <v>235</v>
       </c>
       <c r="C136" s="7" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="D136" s="8" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="E136" s="8" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F136" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A137" s="6">
-        <v>22926</v>
+        <v>23102</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>226</v>
+        <v>258</v>
       </c>
       <c r="C137" s="7" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="D137" s="8" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E137" s="8" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F137" s="7" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A138" s="6">
-        <v>22936</v>
+        <v>23140</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C138" s="7" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D138" s="8" t="s">
-        <v>9</v>
+        <v>87</v>
       </c>
       <c r="E138" s="8" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="F138" s="7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A139" s="6">
-        <v>22988</v>
+        <v>23065</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>249</v>
+        <v>191</v>
       </c>
       <c r="C139" s="7" t="s">
-        <v>32</v>
+        <v>153</v>
       </c>
       <c r="D139" s="8" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E139" s="8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F139" s="7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A140" s="6">
-        <v>22965</v>
+        <v>23146</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>175</v>
+        <v>260</v>
       </c>
       <c r="C140" s="7" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
       <c r="D140" s="8" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E140" s="8" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F140" s="7" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="141" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A141" s="6">
-        <v>23028</v>
+        <v>23074</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="D141" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E141" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="E141" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F141" s="7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="142" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A142" s="6">
-        <v>23004</v>
+        <v>23108</v>
       </c>
       <c r="B142" s="7" t="s">
-        <v>168</v>
+        <v>262</v>
       </c>
       <c r="C142" s="7" t="s">
-        <v>51</v>
+        <v>155</v>
       </c>
       <c r="D142" s="8" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="E142" s="8" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="F142" s="7" t="s">
-        <v>55</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A143" s="6">
+        <v>23120</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D143" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E143" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F143" s="7" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F142" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC5D3076-F038-448C-B0F3-C80827BBD2B9}">
-  <dimension ref="A1:E7"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87042E05-DDF6-4298-B4BC-A3A368E14545}">
+  <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
+      <selection pane="bottomLeft" activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="2">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>744</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="2">
+        <v>749</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="E7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E7" xr:uid="{AC5D3076-F038-448C-B0F3-C80827BBD2B9}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A1:E1" xr:uid="{87042E05-DDF6-4298-B4BC-A3A368E14545}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E8">
+    <sortCondition ref="B2:B8"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SKIPS</vt:lpstr>
       <vt:lpstr>MATERIALS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>