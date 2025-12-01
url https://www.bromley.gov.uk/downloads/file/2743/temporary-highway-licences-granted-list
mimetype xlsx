--- v1 (2025-10-30)
+++ v2 (2025-12-01)
@@ -1,868 +1,862 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bromley-my.sharepoint.com/personal/jonathan_richards_bromley_gov_uk/Documents/Street Scene and Greenspace/Skip Lists/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="61" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A9F8C8D3-C5D8-4F8A-9BDB-12546E7C06D4}"/>
+  <xr:revisionPtr revIDLastSave="44" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8CC4D5C1-0094-416E-A82F-6AEC24F6D1B0}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SKIPS" sheetId="1" r:id="rId1"/>
-    <sheet name="MATERIALS" sheetId="2" r:id="rId2"/>
+    <sheet name="Skips" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="264">
-[...22 lines deleted...]
-    <t>30 October 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="731" uniqueCount="264">
+  <si>
+    <t>Skip Licence Number</t>
+  </si>
+  <si>
+    <t>Skip Location (Road)</t>
+  </si>
+  <si>
+    <t>Skip Location (Outside)</t>
+  </si>
+  <si>
+    <t>Skip Licence Start Date</t>
+  </si>
+  <si>
+    <t>Skip Licence End Date</t>
+  </si>
+  <si>
+    <t>LBB Registration Number</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>03 December 2025</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>17 November 2025</t>
+  </si>
+  <si>
+    <t>30 November 2025</t>
+  </si>
+  <si>
+    <t>093</t>
+  </si>
+  <si>
+    <t>100 South Hill Road,</t>
+  </si>
+  <si>
+    <t>10 November 2025</t>
+  </si>
+  <si>
+    <t>23 November 2025</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>11 Cloonmore Avenue</t>
+  </si>
+  <si>
+    <t>11 Hearns Road</t>
+  </si>
+  <si>
+    <t>12 Conifer Close,</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>24 November 2025</t>
+  </si>
+  <si>
+    <t>07 December 2025</t>
+  </si>
+  <si>
+    <t>14 November 2025</t>
+  </si>
+  <si>
+    <t>27 November 2025</t>
+  </si>
+  <si>
+    <t>077</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>29 November 2025</t>
+  </si>
+  <si>
+    <t>12 December 2025</t>
+  </si>
+  <si>
+    <t>13 Colesburg Road</t>
+  </si>
+  <si>
+    <t>08 November 2025</t>
+  </si>
+  <si>
+    <t>21 November 2025</t>
+  </si>
+  <si>
+    <t>22 November 2025</t>
+  </si>
+  <si>
+    <t>05 December 2025</t>
+  </si>
+  <si>
+    <t>13 Lakes Road</t>
+  </si>
+  <si>
+    <t>12 November 2025</t>
+  </si>
+  <si>
+    <t>25 November 2025</t>
+  </si>
+  <si>
+    <t>26 November 2025</t>
+  </si>
+  <si>
+    <t>09 December 2025</t>
+  </si>
+  <si>
+    <t>13 Yeovil Close,</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>08 December 2025</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>10 December 2025</t>
+  </si>
+  <si>
+    <t>062</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>13 November 2025</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>16 High Beeches,</t>
+  </si>
+  <si>
+    <t>11 November 2025</t>
+  </si>
+  <si>
+    <t>01 December 2025</t>
+  </si>
+  <si>
+    <t>14 December 2025</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>027</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>18a</t>
+  </si>
+  <si>
+    <t>02 April 2302</t>
+  </si>
+  <si>
+    <t>15 April 2302</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>04 December 2025</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>20 Beaumont Road,</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>15 November 2025</t>
+  </si>
+  <si>
+    <t>28 November 2025</t>
+  </si>
+  <si>
+    <t>11 December 2025</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>25 Acacia Road</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>27 Crown Lane</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>28 Marlow Road,</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>29 Curtismill Way</t>
+  </si>
+  <si>
+    <t>044</t>
+  </si>
+  <si>
+    <t>2A</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>18 November 2025</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>32 Leith Hill,</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>19 November 2025</t>
+  </si>
+  <si>
+    <t>02 December 2025</t>
+  </si>
+  <si>
+    <t>33 Croft Road,</t>
+  </si>
+  <si>
+    <t>09 November 2025</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>36 Albert Road</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>38 Bishops Avenue</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>16 December 2025</t>
+  </si>
+  <si>
+    <t>4 Yester Drive,</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>40 Hillcrest Road</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>47 Foxgrove Avenue</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>15 December 2025</t>
+  </si>
+  <si>
+    <t>096</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>54 Lansdowne Road,</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>25 June 7202</t>
+  </si>
+  <si>
+    <t>08 July 7202</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>6 Yester Road</t>
+  </si>
+  <si>
+    <t>6, Bishops Green, Upper Park Road</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>66 Park End,</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>17 December 2025</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>81</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>07 October 2025</t>
-[...401 lines deleted...]
-    <t>8</t>
+    <t>84 Crockenhill Road,</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>85</t>
+    <t>87 Canon Road</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>87</t>
   </si>
   <si>
-    <t>12 November 2025</t>
-[...20 lines deleted...]
-    <t>Speedwell Patch</t>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Dolphin House</t>
+  </si>
+  <si>
+    <t>Elm Cottage, High Elms Road, Downe, Orpington, BR6 7JN</t>
+  </si>
+  <si>
+    <t>Allingham Court</t>
+  </si>
+  <si>
+    <t>Flat 4</t>
+  </si>
+  <si>
+    <t>In between Parkside &amp; No 1</t>
+  </si>
+  <si>
+    <t>Rosewood</t>
   </si>
   <si>
     <t>Florence Road, Bromley, BR1 3NU</t>
   </si>
   <si>
-    <t>Fairfield Road, Bromley, BR1 3QN</t>
+    <t>South Hill Road, Shortlands, Bromley, BR2 0RT</t>
+  </si>
+  <si>
+    <t>Hillcrest Road, Orpington, BR6 9AG</t>
+  </si>
+  <si>
+    <t>Jackson Road, Bromley, BR2 8NT</t>
+  </si>
+  <si>
+    <t>Cloonmore Avenue, Orpington, BR6 9LE</t>
+  </si>
+  <si>
+    <t>Hearns Road, Orpington, BR5 3NF</t>
   </si>
   <si>
     <t>Conifer Close, Orpington, BR6 9QD</t>
   </si>
   <si>
-    <t>Crossways Road, Beckenham, BR3 3JP</t>
-[...8 lines deleted...]
-    <t>Ravenscroft Road, Beckenham, BR3 4TP</t>
+    <t>Oakhill Road, Orpington, BR6 0AE</t>
+  </si>
+  <si>
+    <t>Sandringham Road, Bromley, BR1 5AS</t>
+  </si>
+  <si>
+    <t>Andover Road, Orpington, BR6 8BW</t>
+  </si>
+  <si>
+    <t>Colesburg Road, Beckenham, BR3 4HP</t>
+  </si>
+  <si>
+    <t>Lakes Road, Keston, BR2 6BN</t>
   </si>
   <si>
     <t>Yeovil Close, Orpington, BR6 8BT</t>
   </si>
   <si>
-    <t>Upper Elmers End Road, Beckenham, BR3 3QU</t>
-[...2 lines deleted...]
-    <t>Amesbury Road, Bromley, BR1 2QJ</t>
+    <t>Leesons Hill, Orpington, BR5 2NG</t>
+  </si>
+  <si>
+    <t>Aldermary Road, Bromley, BR1 3PH</t>
+  </si>
+  <si>
+    <t>Poverest Road, Orpington, BR5 1RH</t>
   </si>
   <si>
     <t>Pickhurst Rise, West Wickham, BR4 0AW</t>
   </si>
   <si>
-    <t>Arrol Road, Beckenham, BR3 4NX</t>
-[...4 lines deleted...]
-  <si>
     <t>Spur Road, Orpington, BR6 0QR</t>
   </si>
   <si>
-    <t>Tintagel Road, Orpington, BR5 4LG</t>
+    <t>Venner Road, Sydenham, London, SE26 5JQ</t>
   </si>
   <si>
     <t>Derry Downs, Orpington, BR5 4DT</t>
   </si>
   <si>
-    <t>Foxgrove Road, Beckenham, BR3 5AT</t>
-[...4 lines deleted...]
-  <si>
     <t>High Beeches, Orpington, BR6 6EF</t>
   </si>
   <si>
-    <t>Oak Tree Gardens, Bromley, BR1 5BH</t>
-[...2 lines deleted...]
-    <t>Cowper Road, Bromley, BR2 9RT</t>
+    <t>Milestone Road, Anerley, London, SE19 2LL</t>
+  </si>
+  <si>
+    <t>Oakdene Road, Orpington, BR5 2AP</t>
+  </si>
+  <si>
+    <t>Elmstead Lane, Chislehurst, BR7 5EN</t>
+  </si>
+  <si>
+    <t>Adelaide Road, Chislehurst, BR7 6BB</t>
+  </si>
+  <si>
+    <t>Royal Parade, Chislehurst, BR7 6NR</t>
+  </si>
+  <si>
+    <t>Hilldrop Road, Bromley, BR1 4DB</t>
+  </si>
+  <si>
+    <t>Beaumont Road, Petts Wood, Orpington, BR5 1JN</t>
+  </si>
+  <si>
+    <t>Pembroke Road, Bromley, BR1 2RT</t>
+  </si>
+  <si>
+    <t>Bourne Road, Bromley, BR2 9PB</t>
+  </si>
+  <si>
+    <t>Lower Camden, Chislehurst, BR7 5HX</t>
+  </si>
+  <si>
+    <t>Acacia Road, Beckenham, BR3 4HU</t>
+  </si>
+  <si>
+    <t>Greenway, Chislehurst, BR7 6JQ</t>
+  </si>
+  <si>
+    <t>Heathfield Road, Bromley, BR1 3RN</t>
+  </si>
+  <si>
+    <t>Howard Road, Bromley, BR1 3QJ</t>
+  </si>
+  <si>
+    <t>Phoenix Road, Penge, London, SE20 7BT</t>
+  </si>
+  <si>
+    <t>The Avenue, West Wickham, BR4 0EB</t>
+  </si>
+  <si>
+    <t>Blenheim Road, Bickley, Bromley, BR1 2HA</t>
+  </si>
+  <si>
+    <t>Mayfield Road, Bickley, Bromley, BR1 2HD</t>
+  </si>
+  <si>
+    <t>Crown Lane, Bromley, BR2 9PG</t>
+  </si>
+  <si>
+    <t>The Crescent, West Wickham, BR4 0HB</t>
+  </si>
+  <si>
+    <t>Marlow Road, Penge, London, SE20 7UY</t>
+  </si>
+  <si>
+    <t>Curtismill Way, Orpington, BR5 2JY</t>
+  </si>
+  <si>
+    <t>Crab Hill, Beckenham, BR3 5HE</t>
+  </si>
+  <si>
+    <t>Cottingham Road, Penge, London, SE20 7PT</t>
+  </si>
+  <si>
+    <t>Liddon Road, Bromley, BR1 2SS</t>
+  </si>
+  <si>
+    <t>The Fairway, Bickley, Bromley, BR1 2JZ</t>
+  </si>
+  <si>
+    <t>Leith Hill, Orpington, BR5 2RS</t>
+  </si>
+  <si>
+    <t>Croft Road, Bromley, BR1 4DR</t>
+  </si>
+  <si>
+    <t>Wiverton Road, Sydenham, London, SE26 5JA</t>
+  </si>
+  <si>
+    <t>Addison Road, Bromley, BR2 9RR</t>
+  </si>
+  <si>
+    <t>Foxgrove Road, Beckenham, BR3 5BD</t>
+  </si>
+  <si>
+    <t>Royston Road, Penge, London, SE20 7QW</t>
+  </si>
+  <si>
+    <t>Albert Road, Bromley, BR2 9PY</t>
+  </si>
+  <si>
+    <t>Brookmead Avenue, Bickley, Bromley, BR1 2JX</t>
+  </si>
+  <si>
+    <t>Clock House Road, Beckenham, BR3 4JS</t>
+  </si>
+  <si>
+    <t>Towncourt Crescent, Petts Wood, Orpington, BR5 1PH</t>
+  </si>
+  <si>
+    <t>Wiverton Road SE26 5JA</t>
+  </si>
+  <si>
+    <t>Bishops Avenue, Bromley, BR1 3ES</t>
+  </si>
+  <si>
+    <t>Churchfields Road, Beckenham, BR3 4QW</t>
+  </si>
+  <si>
+    <t>Hillcrest Road, Bromley, BR1 4SB</t>
+  </si>
+  <si>
+    <t>Barnesdale Crescent, Orpington, BR5 2AU</t>
+  </si>
+  <si>
+    <t>Holbrook Lane, Chislehurst, BR7 6PE</t>
+  </si>
+  <si>
+    <t>Bickley Crescent, Bickley, Bromley, BR1 2DW</t>
+  </si>
+  <si>
+    <t>Lullingstone Crescent, Orpington, BR5 3EB</t>
+  </si>
+  <si>
+    <t>Foxgrove Avenue, Beckenham, BR3 5BA</t>
+  </si>
+  <si>
+    <t>Newstead Avenue, Orpington, BR6 9RW</t>
+  </si>
+  <si>
+    <t>Sherwood Way, West Wickham, BR4 9PD</t>
+  </si>
+  <si>
+    <t>Lansdowne Road, Bromley, BR1 3PQ</t>
+  </si>
+  <si>
+    <t>Leamington Avenue, Bromley, BR1 5BL</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JG</t>
+  </si>
+  <si>
+    <t>Bishops Green, Upper Park Road, Bromley, BR1 3HS</t>
+  </si>
+  <si>
+    <t>Lower Road, Orpington, BR5 4AH</t>
+  </si>
+  <si>
+    <t>Bromley Gardens, Bromley, BR2 0ET</t>
+  </si>
+  <si>
+    <t>Sandringham Road, Bromley, BR1 5AR</t>
+  </si>
+  <si>
+    <t>Park End, Bromley, BR1 4AW</t>
+  </si>
+  <si>
+    <t>Cambridge Road, Penge, London, SE20 7XJ</t>
   </si>
   <si>
     <t>Blandford Road, Beckenham, BR3 4NG</t>
   </si>
   <si>
-    <t>Ferndown Avenue, Orpington, BR6 8DF</t>
-[...32 lines deleted...]
-    <t>Lower Camden, Chislehurst, BR7 5HX</t>
+    <t>Addison Road, Bromley, BR2 9RS</t>
+  </si>
+  <si>
+    <t>Crockenhill Road, Orpington, BR5 4DF</t>
+  </si>
+  <si>
+    <t>Canon Road, Bromley, BR1 2SL</t>
+  </si>
+  <si>
+    <t>Meadow Road, Bromley, BR2 0DX</t>
+  </si>
+  <si>
+    <t>Northbourne, Hayes, Bromley, BR2 7ND</t>
+  </si>
+  <si>
+    <t>Dittisham Road, Mottingham, London, SE9 4BH</t>
+  </si>
+  <si>
+    <t>Fairmead Close, Bickley, Bromley, BR1 2JS</t>
+  </si>
+  <si>
+    <t>Villiers Road, Beckenham, BR3 4NR</t>
+  </si>
+  <si>
+    <t>Yester Drive, Chislehurst, BR7 5LR</t>
+  </si>
+  <si>
+    <t>Addison Road, Bromley, BR2 9RP</t>
+  </si>
+  <si>
+    <t>Camden Grove, Chislehurst, BR7 5BH</t>
+  </si>
+  <si>
+    <t>Teal Avenue, Orpington, BR5 3NE</t>
+  </si>
+  <si>
+    <t>Gladstone Road, Orpington, BR6 7EA</t>
+  </si>
+  <si>
+    <t>Yester Road, Chislehurst, BR7 5LT</t>
+  </si>
+  <si>
+    <t>Ashbourne Rise, Orpington, BR6 9PY</t>
+  </si>
+  <si>
+    <t>Bramley Way, West Wickham, BR4 9NT</t>
+  </si>
+  <si>
+    <t>Foxgrove Road, Beckenham, BR3 5BZ</t>
+  </si>
+  <si>
+    <t>Curtismill Way, Orpington, BR5 2JZ</t>
+  </si>
+  <si>
+    <t>Lancaster Close, Shortlands, Bromley, BR2 0QF</t>
+  </si>
+  <si>
+    <t>Ravenscourt Road, Orpington, BR5 2PW</t>
+  </si>
+  <si>
+    <t>Woodland Way, West Wickham, BR4 9LL</t>
+  </si>
+  <si>
+    <t>Scotsdale Close, Petts Wood, Orpington, BR5 1NU</t>
+  </si>
+  <si>
+    <t>Oldfield Road, Bickley, Bromley, BR1 2LE</t>
+  </si>
+  <si>
+    <t>High Elms Road, Downe, Orpington, BR6 7JN</t>
+  </si>
+  <si>
+    <t>Durham Avenue, Bromley, BR2 0QB</t>
   </si>
   <si>
     <t>Oaklands Road, Bromley, BR1 3SL</t>
   </si>
   <si>
-    <t>Greenway, Chislehurst, BR7 6JQ</t>
-[...212 lines deleted...]
-    <t>Chelsfield Lane, Orpington, BR6 7RP</t>
+    <t>Westgate Road, Beckenham, BR3 5DE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
@@ -900,102 +894,88 @@
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{B41F9C2A-39B4-4614-BDC0-43402CBA6916}"/>
-    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{F16BF28E-5328-4A57-8189-72A98C4483FF}"/>
+    <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{D4F83C54-9AC4-4792-BA08-F5C5562EA042}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1217,3108 +1197,3006 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F143"/>
+  <dimension ref="A1:F146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D7" sqref="D7"/>
+      <pane ySplit="1" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.28515625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="28" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.140625" customWidth="1"/>
+    <col min="3" max="3" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="5" t="s">
-[...2882 lines deleted...]
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="2">
-        <v>748</v>
+        <v>23224</v>
       </c>
       <c r="B2" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="2">
+        <v>23364</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="2">
+        <v>23284</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="2">
+        <v>23366</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="2">
+        <v>23337</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="2">
+        <v>23314</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="2">
+        <v>23165</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="2">
+        <v>23243</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="2">
+        <v>23350</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="2">
+        <v>23312</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="2">
+        <v>23349</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A13" s="2">
+        <v>23279</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D13" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="E13" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="2">
+        <v>23374</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="2">
+        <v>23377</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="2">
+        <v>23233</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="2">
+        <v>23333</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="2">
+        <v>23280</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D2" s="4" t="s">
+    </row>
+    <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19" s="2">
+        <v>23363</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="2">
+        <v>23281</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="2">
+        <v>23234</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="2">
+        <v>23244</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="2">
+        <v>23362</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="2">
+        <v>23278</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="2">
+        <v>23378</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="2">
+        <v>23292</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="2">
+        <v>23355</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="2">
+        <v>23307</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="2">
+        <v>23376</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A30" s="2">
+        <v>23270</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="2">
+        <v>23263</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A32" s="2">
+        <v>23273</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="2">
+        <v>23357</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A34" s="2">
+        <v>23282</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A35" s="2">
+        <v>23295</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="2">
+        <v>23283</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A37" s="2">
+        <v>23245</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="2">
+        <v>23373</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="2">
+        <v>23259</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="2">
+        <v>23288</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="2">
+        <v>23372</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A42" s="2">
+        <v>23239</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A43" s="2">
+        <v>23256</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="2">
+        <v>23328</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="2">
+        <v>23310</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="2">
+        <v>23309</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="2">
+        <v>23238</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="2">
+        <v>23323</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A49" s="2">
+        <v>23262</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A50" s="2">
+        <v>23326</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="2">
+        <v>23317</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="2">
+        <v>23250</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="2">
+        <v>23340</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="2">
+        <v>23247</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="2">
+        <v>23254</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A56" s="2">
+        <v>23211</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="2">
+        <v>23344</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="2">
+        <v>23302</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="2">
+        <v>23290</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A60" s="2">
+        <v>23300</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="2">
+        <v>23348</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="2">
+        <v>23359</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="2">
+        <v>23301</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C63" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E2" s="4" t="s">
+      <c r="D63" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A64" s="2">
+        <v>23255</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A65" s="2">
+        <v>23375</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A66" s="2">
+        <v>23336</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A67" s="2">
+        <v>23369</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A68" s="2">
+        <v>23360</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A69" s="2">
+        <v>23274</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A70" s="2">
+        <v>23214</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A71" s="2">
+        <v>23313</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A72" s="2">
+        <v>23249</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="2">
+        <v>23258</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="2">
+        <v>23241</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A75" s="2">
+        <v>23291</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C75" s="3" t="s">
         <v>18</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="D75" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="2">
+        <v>23324</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A77" s="2">
+        <v>23269</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="2">
+        <v>23358</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A79" s="2">
+        <v>23371</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A80" s="2">
+        <v>23275</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="2">
+        <v>23252</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="2">
+        <v>23338</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A83" s="2">
+        <v>23271</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A84" s="2">
+        <v>23308</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A85" s="2">
+        <v>23251</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A86" s="2">
+        <v>23332</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="2">
+        <v>15119</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A88" s="2">
+        <v>23320</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A89" s="2">
+        <v>23227</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A90" s="2">
+        <v>23303</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A91" s="2">
+        <v>23289</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A92" s="2">
+        <v>23266</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="2">
+        <v>23365</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A94" s="2">
+        <v>23264</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A95" s="2">
+        <v>23325</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A96" s="2">
+        <v>23237</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A97" s="2">
+        <v>23351</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="2">
+        <v>23277</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A99" s="2">
+        <v>23346</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A100" s="2">
+        <v>23330</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A101" s="2">
+        <v>23293</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A102" s="2">
+        <v>23370</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A103" s="2">
+        <v>23304</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A104" s="2">
+        <v>23272</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A105" s="2">
+        <v>23354</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A106" s="2">
+        <v>23305</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A107" s="2">
+        <v>23356</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A108" s="2">
+        <v>23267</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C108" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="D108" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A109" s="2">
+        <v>23316</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A110" s="2">
+        <v>23339</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A111" s="2">
+        <v>23253</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A112" s="2">
+        <v>23334</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A113" s="2">
+        <v>23352</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A114" s="2">
+        <v>23361</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A115" s="2">
+        <v>23260</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A116" s="2">
+        <v>23318</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A117" s="2">
+        <v>23319</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A118" s="2">
+        <v>16802</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A119" s="2">
+        <v>23335</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A120" s="2">
+        <v>23286</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A121" s="2">
+        <v>23347</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A122" s="2">
+        <v>23285</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A123" s="2">
+        <v>23204</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A124" s="2">
+        <v>23321</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A125" s="2">
+        <v>23367</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A126" s="2">
+        <v>23265</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A127" s="2">
+        <v>23246</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A128" s="2">
+        <v>23311</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E128" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="4" t="s">
-[...27 lines deleted...]
-      <c r="B5" s="3" t="s">
+      <c r="F128" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A129" s="2">
+        <v>23287</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A130" s="2">
+        <v>23342</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A131" s="2">
+        <v>23343</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E131" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A132" s="2">
+        <v>23329</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A133" s="2">
+        <v>23368</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A134" s="2">
+        <v>23322</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A135" s="2">
+        <v>23353</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A136" s="2">
+        <v>23276</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A137" s="2">
+        <v>23306</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E137" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="4" t="s">
+      <c r="F137" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A138" s="2">
+        <v>23345</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A139" s="2">
+        <v>23331</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A140" s="2">
+        <v>23294</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A141" s="2">
+        <v>23327</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A142" s="2">
+        <v>23248</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A143" s="2">
+        <v>23341</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A144" s="2">
+        <v>23242</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="E144" s="4" t="s">
         <v>16</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="3" t="s">
+      <c r="F144" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A145" s="2">
+        <v>23240</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A146" s="2">
+        <v>23315</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D146" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="3" t="s">
-[...33 lines deleted...]
-      <c r="C8" s="3" t="s">
+      <c r="E146" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F146" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="D8" s="4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E1" xr:uid="{87042E05-DDF6-4298-B4BC-A3A368E14545}"/>
-[...1 lines deleted...]
-    <sortCondition ref="B2:B8"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F146">
+    <sortCondition ref="B2:B146"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>MATERIALS</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Skips</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Richards, Jonathan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>