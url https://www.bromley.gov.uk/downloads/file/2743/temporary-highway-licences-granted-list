--- v2 (2025-12-01)
+++ v3 (2025-12-21)
@@ -1,862 +1,669 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bromley-my.sharepoint.com/personal/jonathan_richards_bromley_gov_uk/Documents/Street Scene and Greenspace/Skip Lists/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="44" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8CC4D5C1-0094-416E-A82F-6AEC24F6D1B0}"/>
+  <xr:revisionPtr revIDLastSave="37" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{35220E3D-F703-4D3B-9D71-29D053E762E2}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Skips" sheetId="1" r:id="rId1"/>
+    <sheet name="SKIPS" sheetId="1" r:id="rId1"/>
+    <sheet name="MATERIALS" sheetId="2" r:id="rId2"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">SKIPS!$A$1:$F$1</definedName>
+  </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="731" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="198">
+  <si>
+    <t>Materials Licence Number</t>
+  </si>
+  <si>
+    <t>Materials Location (Road)</t>
+  </si>
+  <si>
+    <t>Materials Location (Outside)</t>
+  </si>
+  <si>
+    <t>Materials Licence Start Date</t>
+  </si>
+  <si>
+    <t>Materials Licence End Date</t>
+  </si>
+  <si>
+    <t>back gate of 59</t>
+  </si>
+  <si>
+    <t>11 December 2025</t>
+  </si>
+  <si>
+    <t>24 December 2025</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Belvoir Close, Mottingham, London, SE9 4TE</t>
+  </si>
+  <si>
+    <t>Nightingale Road, Petts Wood, Orpington, BR5 1BG</t>
+  </si>
   <si>
     <t>Skip Licence Number</t>
   </si>
   <si>
     <t>Skip Location (Road)</t>
   </si>
   <si>
     <t>Skip Location (Outside)</t>
   </si>
   <si>
     <t>Skip Licence Start Date</t>
   </si>
   <si>
     <t>Skip Licence End Date</t>
   </si>
   <si>
     <t>LBB Registration Number</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>20 November 2025</t>
+    <t>02 December 2025</t>
+  </si>
+  <si>
+    <t>15 December 2025</t>
+  </si>
+  <si>
+    <t>093</t>
+  </si>
+  <si>
+    <t>28 December 2025</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>next to alleyway by barkley barbers - widmore road</t>
+  </si>
+  <si>
+    <t>05 December 2025</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>05 January 2026</t>
+  </si>
+  <si>
+    <t>18 January 2026</t>
+  </si>
+  <si>
+    <t>062</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>16 December 2025</t>
+  </si>
+  <si>
+    <t>29 December 2025</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>10 December 2025</t>
+  </si>
+  <si>
+    <t>23 December 2025</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>08 December 2025</t>
+  </si>
+  <si>
+    <t>21 December 2025</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>29 November 2025</t>
+  </si>
+  <si>
+    <t>12 December 2025</t>
+  </si>
+  <si>
+    <t>06 December 2025</t>
+  </si>
+  <si>
+    <t>19 December 2025</t>
+  </si>
+  <si>
+    <t>09 December 2025</t>
+  </si>
+  <si>
+    <t>22 December 2025</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>04 December 2025</t>
+  </si>
+  <si>
+    <t>17 December 2025</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>31 December 2025</t>
+  </si>
+  <si>
+    <t>01 December 2025</t>
+  </si>
+  <si>
+    <t>14 December 2025</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>18a</t>
+  </si>
+  <si>
+    <t>02 April 2302</t>
+  </si>
+  <si>
+    <t>15 April 2302</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>rear of 228 (via Maltby Close)</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>13 December 2025</t>
+  </si>
+  <si>
+    <t>26 December 2025</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>28</t>
   </si>
   <si>
     <t>03 December 2025</t>
   </si>
   <si>
-    <t>026</t>
-[...29 lines deleted...]
-    <t>002</t>
+    <t>116</t>
+  </si>
+  <si>
+    <t>2a</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>25 December 2025</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>38</t>
   </si>
   <si>
     <t>005</t>
   </si>
   <si>
-    <t>11 Cloonmore Avenue</t>
-[...245 lines deleted...]
-    <t>09 November 2025</t>
+    <t>39</t>
+  </si>
+  <si>
+    <t>30 December 2025</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>08 January 2026</t>
+  </si>
+  <si>
+    <t>21 January 2026</t>
+  </si>
+  <si>
+    <t>4, Thicket Terrace</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>07 January 2026</t>
+  </si>
+  <si>
+    <t>20 January 2026</t>
   </si>
   <si>
     <t>070</t>
   </si>
   <si>
-    <t>34</t>
-[...46 lines deleted...]
-  <si>
     <t>47</t>
   </si>
   <si>
+    <t>48</t>
+  </si>
+  <si>
     <t>5</t>
   </si>
   <si>
-    <t>15 December 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>096</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>52</t>
   </si>
   <si>
-    <t>54 Lansdowne Road,</t>
+    <t>53</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>25 June 7202</t>
   </si>
   <si>
     <t>08 July 7202</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>6</t>
   </si>
   <si>
-    <t>6 Yester Road</t>
-[...4 lines deleted...]
-  <si>
     <t>63</t>
   </si>
   <si>
-    <t>64</t>
-[...13 lines deleted...]
-  <si>
     <t>7</t>
   </si>
   <si>
-    <t>17 December 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>71</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>84 Crockenhill Road,</t>
-[...1 lines deleted...]
-  <si>
     <t>84</t>
   </si>
   <si>
-    <t>87 Canon Road</t>
+    <t>87</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>87</t>
+    <t>side of 89 in Beverley Road</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Dolphin House</t>
-[...5 lines deleted...]
-    <t>Allingham Court</t>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Crofton Public Halls</t>
   </si>
   <si>
     <t>Flat 4</t>
   </si>
   <si>
-    <t>In between Parkside &amp; No 1</t>
+    <t>04 January 2026</t>
   </si>
   <si>
     <t>Rosewood</t>
   </si>
   <si>
-    <t>Florence Road, Bromley, BR1 3NU</t>
-[...14 lines deleted...]
-    <t>Hearns Road, Orpington, BR5 3NF</t>
+    <t>Beechfield Cottages, Widmore Road, Bromley, BR1 3AY</t>
+  </si>
+  <si>
+    <t>St Paul's Wood Hill, Orpington, BR5 2SR</t>
+  </si>
+  <si>
+    <t>Ravensworth Road, Mottingham, London, SE9 4LX</t>
+  </si>
+  <si>
+    <t>Ridley Road, Bromley, BR2 0EU</t>
   </si>
   <si>
     <t>Conifer Close, Orpington, BR6 9QD</t>
   </si>
   <si>
-    <t>Oakhill Road, Orpington, BR6 0AE</t>
-[...2 lines deleted...]
-    <t>Sandringham Road, Bromley, BR1 5AS</t>
+    <t>Leesons Hill, Orpington, BR5 2NG</t>
   </si>
   <si>
     <t>Andover Road, Orpington, BR6 8BW</t>
   </si>
   <si>
-    <t>Colesburg Road, Beckenham, BR3 4HP</t>
+    <t>Belmont Road, Beckenham, BR3 4HW</t>
   </si>
   <si>
     <t>Lakes Road, Keston, BR2 6BN</t>
   </si>
   <si>
     <t>Yeovil Close, Orpington, BR6 8BT</t>
   </si>
   <si>
-    <t>Leesons Hill, Orpington, BR5 2NG</t>
-[...1 lines deleted...]
-  <si>
     <t>Aldermary Road, Bromley, BR1 3PH</t>
   </si>
   <si>
-    <t>Poverest Road, Orpington, BR5 1RH</t>
-[...7 lines deleted...]
-  <si>
     <t>Venner Road, Sydenham, London, SE26 5JQ</t>
   </si>
   <si>
     <t>Derry Downs, Orpington, BR5 4DT</t>
   </si>
   <si>
-    <t>High Beeches, Orpington, BR6 6EF</t>
-[...1 lines deleted...]
-  <si>
     <t>Milestone Road, Anerley, London, SE19 2LL</t>
   </si>
   <si>
     <t>Oakdene Road, Orpington, BR5 2AP</t>
   </si>
   <si>
     <t>Elmstead Lane, Chislehurst, BR7 5EN</t>
   </si>
   <si>
+    <t>Repton Road, Orpington, BR6 9HZ</t>
+  </si>
+  <si>
     <t>Adelaide Road, Chislehurst, BR7 6BB</t>
   </si>
   <si>
     <t>Royal Parade, Chislehurst, BR7 6NR</t>
   </si>
   <si>
-    <t>Hilldrop Road, Bromley, BR1 4DB</t>
-[...1 lines deleted...]
-  <si>
     <t>Beaumont Road, Petts Wood, Orpington, BR5 1JN</t>
   </si>
   <si>
     <t>Pembroke Road, Bromley, BR1 2RT</t>
   </si>
   <si>
-    <t>Bourne Road, Bromley, BR2 9PB</t>
-[...11 lines deleted...]
-    <t>Heathfield Road, Bromley, BR1 3RN</t>
+    <t>High Street, Downe, Orpington, BR6 7UT</t>
+  </si>
+  <si>
+    <t>Station Road, St Mary Cray, Orpington, BR5 3EH</t>
+  </si>
+  <si>
+    <t>High Street, Orpington, BR6 0LS</t>
   </si>
   <si>
     <t>Howard Road, Bromley, BR1 3QJ</t>
   </si>
   <si>
-    <t>Phoenix Road, Penge, London, SE20 7BT</t>
-[...4 lines deleted...]
-  <si>
     <t>Blenheim Road, Bickley, Bromley, BR1 2HA</t>
   </si>
   <si>
-    <t>Mayfield Road, Bickley, Bromley, BR1 2HD</t>
-[...13 lines deleted...]
-  <si>
     <t>Crab Hill, Beckenham, BR3 5HE</t>
   </si>
   <si>
     <t>Cottingham Road, Penge, London, SE20 7PT</t>
   </si>
   <si>
-    <t>Liddon Road, Bromley, BR1 2SS</t>
-[...1 lines deleted...]
-  <si>
     <t>The Fairway, Bickley, Bromley, BR1 2JZ</t>
   </si>
   <si>
-    <t>Leith Hill, Orpington, BR5 2RS</t>
-[...5 lines deleted...]
-    <t>Wiverton Road, Sydenham, London, SE26 5JA</t>
+    <t>Fashoda Road, Bromley, BR2 9RE</t>
+  </si>
+  <si>
+    <t>Longbury Drive, Orpington, BR5 2JU</t>
   </si>
   <si>
     <t>Addison Road, Bromley, BR2 9RR</t>
   </si>
   <si>
     <t>Foxgrove Road, Beckenham, BR3 5BD</t>
   </si>
   <si>
     <t>Royston Road, Penge, London, SE20 7QW</t>
   </si>
   <si>
-    <t>Albert Road, Bromley, BR2 9PY</t>
-[...14 lines deleted...]
-    <t>Bishops Avenue, Bromley, BR1 3ES</t>
+    <t>Haileybury Road, Orpington, BR6 9EY</t>
+  </si>
+  <si>
+    <t>Green Lane, Penge, London, SE20 7JX</t>
+  </si>
+  <si>
+    <t>Thicket Terrace, Anerley Road, Penge, London, SE20 8DH</t>
   </si>
   <si>
     <t>Churchfields Road, Beckenham, BR3 4QW</t>
   </si>
   <si>
-    <t>Hillcrest Road, Bromley, BR1 4SB</t>
-[...1 lines deleted...]
-  <si>
     <t>Barnesdale Crescent, Orpington, BR5 2AU</t>
   </si>
   <si>
-    <t>Holbrook Lane, Chislehurst, BR7 6PE</t>
+    <t>Lullingstone Crescent, Orpington, BR5 3EB</t>
+  </si>
+  <si>
+    <t>Foxgrove Avenue, Beckenham, BR3 5BA</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JE</t>
+  </si>
+  <si>
+    <t>Kimberley Road, Beckenham, BR3 4QU</t>
+  </si>
+  <si>
+    <t>High Beeches, Orpington, BR6 6EE</t>
+  </si>
+  <si>
+    <t>Lansdowne Road, Bromley, BR1 3PQ</t>
+  </si>
+  <si>
+    <t>Leamington Avenue, Bromley, BR1 5BL</t>
+  </si>
+  <si>
+    <t>Kingsway, Petts Wood, Orpington, BR5 1PN</t>
+  </si>
+  <si>
+    <t>Blandford Road, Beckenham, BR3 4NG</t>
+  </si>
+  <si>
+    <t>Addison Road, Bromley, BR2 9RS</t>
+  </si>
+  <si>
+    <t>Bramerton Road, Beckenham, BR3 3NY</t>
+  </si>
+  <si>
+    <t>Crockenhill Road, Orpington, BR5 4DF</t>
+  </si>
+  <si>
+    <t>Canon Road, Bromley, BR1 2SL</t>
+  </si>
+  <si>
+    <t>Gravel Road, Bromley, BR2 8PW</t>
+  </si>
+  <si>
+    <t>Gillmans Road, Orpington, BR5 4LB</t>
+  </si>
+  <si>
+    <t>Cray Valley Road, Orpington, BR5 2EY</t>
+  </si>
+  <si>
+    <t>Meadow Road, Bromley, BR2 0DX</t>
+  </si>
+  <si>
+    <t>Fairmead Close, Bickley, Bromley, BR1 2JS</t>
+  </si>
+  <si>
+    <t>Sholden Gardens, Orpington, BR5 4RA</t>
+  </si>
+  <si>
+    <t>Addison Road, Bromley, BR2 9RP</t>
+  </si>
+  <si>
+    <t>Ormonde Avenue, Orpington, BR6 8JP</t>
+  </si>
+  <si>
+    <t>Teal Avenue, Orpington, BR5 3NE</t>
+  </si>
+  <si>
+    <t>Gladstone Road, Orpington, BR6 7EA</t>
+  </si>
+  <si>
+    <t>Ashbourne Rise, Orpington, BR6 9PY</t>
+  </si>
+  <si>
+    <t>Bramley Way, West Wickham, BR4 9NT</t>
+  </si>
+  <si>
+    <t>Foxgrove Road, Beckenham, BR3 5BZ</t>
+  </si>
+  <si>
+    <t>Curtismill Way, Orpington, BR5 2JZ</t>
+  </si>
+  <si>
+    <t>Lancaster Close, Shortlands, Bromley, BR2 0QF</t>
+  </si>
+  <si>
+    <t>Chipstead Close, Anerley, London, SE19 2LY</t>
+  </si>
+  <si>
+    <t>Tennyson Road, Penge, London, SE20 7ND</t>
+  </si>
+  <si>
+    <t>York Rise, Orpington, BR6 8PR</t>
+  </si>
+  <si>
+    <t>The Avenue, Beckenham, BR3 5ER</t>
   </si>
   <si>
     <t>Bickley Crescent, Bickley, Bromley, BR1 2DW</t>
-  </si>
-[...121 lines deleted...]
-    <t>Westgate Road, Beckenham, BR3 5DE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
@@ -894,88 +701,102 @@
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{D4F83C54-9AC4-4792-BA08-F5C5562EA042}"/>
+    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{8C68E2AF-1D6F-4F80-8248-283B91D887E7}"/>
+    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{486F7DF4-A2A8-4C6E-BE36-2E712097E92A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1197,3006 +1018,1801 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F146"/>
+  <dimension ref="A1:F82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A2" s="6">
+        <v>23364</v>
+      </c>
+      <c r="B2" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D2" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" s="7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="6">
+        <v>23423</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="6">
+        <v>23380</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="6">
+        <v>23387</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="6">
+        <v>23390</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="6">
+        <v>23349</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="6">
+        <v>23422</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="6">
+        <v>23377</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="6">
+        <v>23403</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="6">
+        <v>23391</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="6">
+        <v>23397</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="6">
+        <v>23413</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="6">
+        <v>23362</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="6">
+        <v>23378</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="6">
+        <v>23428</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="6">
+        <v>23389</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="6">
+        <v>23418</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="6">
+        <v>23376</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="6">
+        <v>23398</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="6">
+        <v>23373</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="6">
+        <v>23439</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="6">
+        <v>23421</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="6">
+        <v>23404</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="6">
+        <v>23416</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="6">
+        <v>23381</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="6">
+        <v>23384</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="6">
+        <v>23396</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E28" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="6">
+        <v>23344</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E29" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A30" s="6">
+        <v>23394</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="6">
+        <v>23436</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A32" s="6">
+        <v>23410</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="6">
+        <v>23359</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="6">
+        <v>23412</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A35" s="6">
+        <v>23409</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E35" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="6">
+        <v>23407</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="6">
+        <v>23369</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="6">
+        <v>23382</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="6">
+        <v>23400</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="6">
+        <v>23386</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="6">
+        <v>23432</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A42" s="6">
+        <v>23415</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A43" s="6">
+        <v>23417</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A44" s="6">
+        <v>23388</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="6">
+        <v>23385</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A46" s="6">
+        <v>23371</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="6">
+        <v>23427</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E47" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A48" s="6">
+        <v>23424</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E48" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A49" s="6">
+        <v>23383</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E49" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A50" s="6">
+        <v>23405</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E50" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="6">
+        <v>23406</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="6">
+        <v>23399</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E52" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A53" s="6">
+        <v>15119</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="E53" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="6">
+        <v>23420</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="6">
+        <v>23392</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A56" s="6">
+        <v>23437</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="6">
+        <v>23434</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A58" s="6">
+        <v>23370</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E58" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="6">
+        <v>23419</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="6">
+        <v>23379</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A61" s="6">
+        <v>23356</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A62" s="6">
+        <v>23425</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E62" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="6">
+        <v>23352</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E63" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A64" s="6">
+        <v>23433</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E64" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A65" s="6">
+        <v>23395</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E65" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A66" s="6">
+        <v>23414</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E66" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A67" s="6">
+        <v>16802</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E67" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A68" s="6">
+        <v>23335</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E68" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A69" s="6">
+        <v>23401</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E69" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="6">
+        <v>23431</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="E70" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A71" s="6">
+        <v>23411</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="E71" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A72" s="6">
+        <v>23426</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D72" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E72" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="6">
+        <v>23429</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E73" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="6">
+        <v>23342</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E74" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A75" s="6">
+        <v>23393</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E75" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A76" s="6">
+        <v>23435</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E76" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A77" s="6">
+        <v>23438</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E77" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A78" s="6">
+        <v>23368</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E78" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A79" s="6">
+        <v>23430</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E79" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A80" s="6">
+        <v>23353</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E80" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="6">
+        <v>23408</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E81" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="6">
+        <v>23402</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E82" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F82">
+    <sortCondition ref="B2:B82"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38FE35B3-4A86-4F6E-942A-E151B4714F7D}">
+  <dimension ref="A1:E3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B13" sqref="B13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="24.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="25" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="2">
+        <v>751</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>5</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D2" s="4" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
-        <v>23364</v>
+        <v>752</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>122</v>
+        <v>8</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>101</v>
+        <v>6</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>123</v>
-[...75 lines deleted...]
-      <c r="D7" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="4" t="s">
-[...2784 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F146">
-[...1 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Skips</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>SKIPS</vt:lpstr>
+      <vt:lpstr>MATERIALS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Richards, Jonathan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>