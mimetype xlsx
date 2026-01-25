--- v3 (2025-12-21)
+++ v4 (2026-01-25)
@@ -1,669 +1,696 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bromley-my.sharepoint.com/personal/jonathan_richards_bromley_gov_uk/Documents/Street Scene and Greenspace/Skip Lists/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="37" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{35220E3D-F703-4D3B-9D71-29D053E762E2}"/>
+  <xr:revisionPtr revIDLastSave="35" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2CCADF12-3D06-4FAB-86C7-B47B7EF43527}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SKIPS" sheetId="1" r:id="rId1"/>
-    <sheet name="MATERIALS" sheetId="2" r:id="rId2"/>
+    <sheet name="SKIPSSkip Licence Number_x0009_Skip L" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">SKIPS!$A$1:$F$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SKIPSSkip Licence Number	Skip L'!$A$1:$F$1</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="198">
-[...32 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="536" uniqueCount="204">
   <si>
     <t>Skip Licence Number</t>
   </si>
   <si>
     <t>Skip Location (Road)</t>
   </si>
   <si>
     <t>Skip Location (Outside)</t>
   </si>
   <si>
     <t>Skip Licence Start Date</t>
   </si>
   <si>
     <t>Skip Licence End Date</t>
   </si>
   <si>
     <t>LBB Registration Number</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>02 December 2025</t>
-[...2 lines deleted...]
-    <t>15 December 2025</t>
+    <t>12 January 2026</t>
+  </si>
+  <si>
+    <t>25 January 2026</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>14 January 2026</t>
+  </si>
+  <si>
+    <t>27 January 2026</t>
   </si>
   <si>
     <t>093</t>
   </si>
   <si>
-    <t>28 December 2025</t>
+    <t>side of property in Melbury Close</t>
+  </si>
+  <si>
+    <t>02 February 2026</t>
+  </si>
+  <si>
+    <t>15 February 2026</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>26 January 2026</t>
+  </si>
+  <si>
+    <t>08 February 2026</t>
+  </si>
+  <si>
+    <t>next to alleyway by Barkley barbers</t>
+  </si>
+  <si>
+    <t>08 January 2026</t>
+  </si>
+  <si>
+    <t>21 January 2026</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>next to alleyway by barkley barbers</t>
+  </si>
+  <si>
+    <t>22 January 2026</t>
+  </si>
+  <si>
+    <t>04 February 2026</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>05 January 2026</t>
+  </si>
+  <si>
+    <t>18 January 2026</t>
+  </si>
+  <si>
+    <t>062</t>
+  </si>
+  <si>
+    <t>19 January 2026</t>
+  </si>
+  <si>
+    <t>01 February 2026</t>
+  </si>
+  <si>
+    <t>11 Foxgrove Avenue</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>06 January 2026</t>
   </si>
   <si>
     <t>026</t>
   </si>
   <si>
-    <t>next to alleyway by barkley barbers - widmore road</t>
-[...29 lines deleted...]
-    <t>29 December 2025</t>
+    <t>122</t>
+  </si>
+  <si>
+    <t>07 January 2026</t>
+  </si>
+  <si>
+    <t>20 January 2026</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>137 Upper Elmers End Road</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>10 January 2026</t>
+  </si>
+  <si>
+    <t>23 January 2026</t>
+  </si>
+  <si>
+    <t>098</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>15 January 2026</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>29 January 2026</t>
+  </si>
+  <si>
+    <t>11 February 2026</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>18a</t>
+  </si>
+  <si>
+    <t>02 April 2302</t>
+  </si>
+  <si>
+    <t>15 April 2302</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>03 February 2026</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>10 February 2026</t>
+  </si>
+  <si>
+    <t>05 February 2026</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>2a</t>
+  </si>
+  <si>
+    <t>31 January 2026</t>
+  </si>
+  <si>
+    <t>13 February 2026</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>072</t>
+  </si>
+  <si>
+    <t>09 February 2026</t>
+  </si>
+  <si>
+    <t>22 February 2026</t>
+  </si>
+  <si>
+    <t>23 February 2026</t>
+  </si>
+  <si>
+    <t>08 March 2026</t>
+  </si>
+  <si>
+    <t>3 (on crossover)</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>09 January 2026</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>13 January 2026</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>16 January 2026</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>43</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>114</t>
-[...41 lines deleted...]
-    <t>22 December 2025</t>
+    <t>44</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>25 June 7202</t>
+  </si>
+  <si>
+    <t>08 July 7202</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>6 - 8</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>81</t>
   </si>
   <si>
     <t>010</t>
   </si>
   <si>
-    <t>14</t>
-[...77 lines deleted...]
-    <t>03 December 2025</t>
+    <t>86</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Rosewood, Bickley Crescent, Bickley, Bromley, BR1 2DW</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>2a</t>
-[...139 lines deleted...]
-  <si>
     <t>Beechfield Cottages, Widmore Road, Bromley, BR1 3AY</t>
   </si>
   <si>
     <t>St Paul's Wood Hill, Orpington, BR5 2SR</t>
   </si>
   <si>
-    <t>Ravensworth Road, Mottingham, London, SE9 4LX</t>
+    <t>Foxgrove Avenue, Beckenham, BR3 5BA</t>
   </si>
   <si>
     <t>Ridley Road, Bromley, BR2 0EU</t>
   </si>
   <si>
-    <t>Conifer Close, Orpington, BR6 9QD</t>
-[...20 lines deleted...]
-    <t>Venner Road, Sydenham, London, SE26 5JQ</t>
+    <t>Anerley Road, Penge, London, SE20 8AJ</t>
+  </si>
+  <si>
+    <t>Hilldrop Road, Bromley, BR1 4DB</t>
+  </si>
+  <si>
+    <t>Newbury Road, Shortlands, Bromley, BR2 0QW</t>
+  </si>
+  <si>
+    <t>Babbacombe Road, Bromley, BR1 3LT</t>
+  </si>
+  <si>
+    <t>Ravensworth Road, Mottingham, London, SE9 4LU</t>
+  </si>
+  <si>
+    <t>Upper Elmers End Road, Beckenham, BR3 3QU</t>
+  </si>
+  <si>
+    <t>Morston Gardens, Mottingham, London, SE9 4NE</t>
   </si>
   <si>
     <t>Derry Downs, Orpington, BR5 4DT</t>
   </si>
   <si>
+    <t>Herbert Road, Bromley, BR2 9SH</t>
+  </si>
+  <si>
     <t>Milestone Road, Anerley, London, SE19 2LL</t>
   </si>
   <si>
+    <t>Elmstead Lane, Chislehurst, BR7 5EN</t>
+  </si>
+  <si>
+    <t>Mosslea Road, Bromley, BR2 9PS</t>
+  </si>
+  <si>
+    <t>Rushet Road, Orpington, BR5 2PU</t>
+  </si>
+  <si>
     <t>Oakdene Road, Orpington, BR5 2AP</t>
   </si>
   <si>
-    <t>Elmstead Lane, Chislehurst, BR7 5EN</t>
-[...7 lines deleted...]
-  <si>
     <t>Royal Parade, Chislehurst, BR7 6NR</t>
   </si>
   <si>
     <t>Beaumont Road, Petts Wood, Orpington, BR5 1JN</t>
   </si>
   <si>
-    <t>Pembroke Road, Bromley, BR1 2RT</t>
-[...14 lines deleted...]
-    <t>Blenheim Road, Bickley, Bromley, BR1 2HA</t>
+    <t>Lennard Road, Beckenham, SE20 7LT</t>
+  </si>
+  <si>
+    <t>Bourne Road, Bromley, BR2 9PB</t>
+  </si>
+  <si>
+    <t>Ridgemount Close, Penge, London, SE20 8NJ</t>
+  </si>
+  <si>
+    <t>Mayfield Road, Bickley, Bromley, BR1 2HD</t>
+  </si>
+  <si>
+    <t>Bickley Crescent, Bickley, Bromley, BR1 2DW</t>
   </si>
   <si>
     <t>Crab Hill, Beckenham, BR3 5HE</t>
   </si>
   <si>
     <t>Cottingham Road, Penge, London, SE20 7PT</t>
   </si>
   <si>
-    <t>The Fairway, Bickley, Bromley, BR1 2JZ</t>
-[...5 lines deleted...]
-    <t>Longbury Drive, Orpington, BR5 2JU</t>
+    <t>Cheltenham Road, Orpington, BR6 9HL</t>
+  </si>
+  <si>
+    <t>Colesburg Road, Beckenham, BR3 4HP</t>
+  </si>
+  <si>
+    <t>Recreation Road, Bromley, BR2 0DY</t>
   </si>
   <si>
     <t>Addison Road, Bromley, BR2 9RR</t>
   </si>
   <si>
-    <t>Foxgrove Road, Beckenham, BR3 5BD</t>
+    <t>Eden Park Avenue, Beckenham, BR3 3JL</t>
+  </si>
+  <si>
+    <t>Mosslea Road, Penge, London, SE20 7BW</t>
+  </si>
+  <si>
+    <t>Maberley Road, Anerley, London, SE19 2JA</t>
+  </si>
+  <si>
+    <t>Wiverton Road, Sydenham, London, SE26 5JA</t>
+  </si>
+  <si>
+    <t>Green Lane, Penge, London, SE20 7JX</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JF</t>
+  </si>
+  <si>
+    <t>Lullingstone Crescent, Orpington, BR5 3EB</t>
+  </si>
+  <si>
+    <t>Southcroft Road, Orpington, BR6 9QQ</t>
+  </si>
+  <si>
+    <t>Tillingbourne Green, Orpington, BR5 2HR</t>
+  </si>
+  <si>
+    <t>Sandringham Road, Bromley, BR1 5AS</t>
+  </si>
+  <si>
+    <t>Cowper Road, Bromley, BR2 9RT</t>
+  </si>
+  <si>
+    <t>Ascot Road, Orpington, BR5 2JF</t>
+  </si>
+  <si>
+    <t>Newstead Avenue, Orpington, BR6 9RW</t>
+  </si>
+  <si>
+    <t>Kimberley Road, Beckenham, BR3 4QU</t>
+  </si>
+  <si>
+    <t>Wiverton Road, Sydenham, London, SE26 5JB</t>
+  </si>
+  <si>
+    <t>Lansdowne Road, Bromley, BR1 3PQ</t>
+  </si>
+  <si>
+    <t>Leamington Avenue, Bromley, BR1 5BL</t>
+  </si>
+  <si>
+    <t>Green Lane, Chislehurst, BR7 6AW</t>
+  </si>
+  <si>
+    <t>Wellington Road, Orpington, BR5 4AQ</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JG</t>
+  </si>
+  <si>
+    <t>Beaumont Road, Petts Wood, Orpington, BR5 1JQ</t>
+  </si>
+  <si>
+    <t>Station Road, Penge, London, SE20 7BJ</t>
+  </si>
+  <si>
+    <t>Park End, Bromley, BR1 4AW</t>
   </si>
   <si>
     <t>Royston Road, Penge, London, SE20 7QW</t>
   </si>
   <si>
-    <t>Haileybury Road, Orpington, BR6 9EY</t>
-[...41 lines deleted...]
-    <t>Addison Road, Bromley, BR2 9RS</t>
+    <t>Sutherland Avenue, Biggin Hill, TN16 3HG</t>
+  </si>
+  <si>
+    <t>Ernest Grove, Beckenham, BR3 3HZ</t>
+  </si>
+  <si>
+    <t>Jackson Road, Bromley, BR2 8NX</t>
+  </si>
+  <si>
+    <t>hipstead Close, Anerley, London, SE19 2LY</t>
   </si>
   <si>
     <t>Bramerton Road, Beckenham, BR3 3NY</t>
   </si>
   <si>
-    <t>Crockenhill Road, Orpington, BR5 4DF</t>
-[...17 lines deleted...]
-    <t>Fairmead Close, Bickley, Bromley, BR1 2JS</t>
+    <t>Arbor Close, Beckenham, BR3 6TW</t>
+  </si>
+  <si>
+    <t>Courtlands Avenue, Hayes, Bromley, BR2 7HY</t>
+  </si>
+  <si>
+    <t>Grange Drive, Chislehurst, BR7 5ES</t>
+  </si>
+  <si>
+    <t>Johnson Road, Bromley, BR2 9SN</t>
+  </si>
+  <si>
+    <t>Oakdene Road, Orpington, BR5 2AJ</t>
+  </si>
+  <si>
+    <t>Acacia Road, Beckenham, BR3 4HU</t>
+  </si>
+  <si>
+    <t>Croxley Close, Orpington, BR5 3DD</t>
+  </si>
+  <si>
+    <t>Balgowan Road, Beckenham, BR3 4HJ</t>
   </si>
   <si>
     <t>Sholden Gardens, Orpington, BR5 4RA</t>
   </si>
   <si>
-    <t>Addison Road, Bromley, BR2 9RP</t>
+    <t>Lennard Road, Beckenham, SE20 7LL</t>
   </si>
   <si>
     <t>Ormonde Avenue, Orpington, BR6 8JP</t>
   </si>
   <si>
-    <t>Teal Avenue, Orpington, BR5 3NE</t>
+    <t>Sunningdale Road, Bickley, Bromley, BR1 2EU</t>
   </si>
   <si>
     <t>Gladstone Road, Orpington, BR6 7EA</t>
   </si>
   <si>
+    <t>Thistlemead, Chislehurst, BR7 5RF</t>
+  </si>
+  <si>
     <t>Ashbourne Rise, Orpington, BR6 9PY</t>
   </si>
   <si>
-    <t>Bramley Way, West Wickham, BR4 9NT</t>
-[...7 lines deleted...]
-  <si>
     <t>Lancaster Close, Shortlands, Bromley, BR2 0QF</t>
   </si>
   <si>
-    <t>Chipstead Close, Anerley, London, SE19 2LY</t>
-[...1 lines deleted...]
-  <si>
     <t>Tennyson Road, Penge, London, SE20 7ND</t>
-  </si>
-[...7 lines deleted...]
-    <t>Bickley Crescent, Bickley, Bromley, BR1 2DW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
@@ -701,102 +728,88 @@
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{8C68E2AF-1D6F-4F80-8248-283B91D887E7}"/>
-    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{486F7DF4-A2A8-4C6E-BE36-2E712097E92A}"/>
+    <cellStyle name="Normal_SKIPSSkip Licence Number_x0009_Skip L" xfId="1" xr:uid="{E9E05364-1022-4A1E-91CE-388BEA5BC214}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1018,1801 +1031,2227 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F82"/>
+  <dimension ref="A1:F107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C5" sqref="C5"/>
+      <selection pane="bottomLeft" activeCell="B101" sqref="B101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="5" t="s">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="2">
+        <v>23465</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="2">
+        <v>23475</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A4" s="2">
+        <v>23476</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="2">
+        <v>23495</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="2">
+        <v>23461</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="2">
+        <v>23517</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="2">
+        <v>23478</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="2">
+        <v>23459</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="2">
+        <v>23479</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="5" t="s">
+      <c r="F10" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="2">
+        <v>23453</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="2">
+        <v>23505</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="2">
+        <v>23462</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C1" s="5" t="s">
+    </row>
+    <row r="14" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="2">
+        <v>23508</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="2">
+        <v>23516</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A16" s="2">
+        <v>23464</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A17" s="2">
+        <v>23513</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="2">
+        <v>23480</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19" s="2">
+        <v>23491</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="2">
+        <v>23531</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="2">
+        <v>23486</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="2">
+        <v>23532</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="2">
+        <v>23458</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="2">
+        <v>23512</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="2">
+        <v>23446</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="2">
+        <v>23496</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A27" s="2">
+        <v>23514</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="2">
+        <v>23445</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A29" s="2">
+        <v>23490</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="2">
+        <v>23469</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A31" s="2">
+        <v>23487</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="2">
+        <v>23482</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="2">
+        <v>23519</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="2">
+        <v>23499</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="2">
+        <v>23443</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="2">
+        <v>23501</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A37" s="2">
+        <v>23523</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="2">
+        <v>23493</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="2">
+        <v>23455</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A40" s="2">
+        <v>23441</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="2">
+        <v>23448</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A42" s="2">
+        <v>23498</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A43" s="2">
+        <v>23525</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C43" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="D1" s="5" t="s">
+      <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="E1" s="5" t="s">
+      <c r="E43" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="F1" s="5" t="s">
+      <c r="F43" s="3" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="7" t="s">
+    <row r="44" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="2">
+        <v>23484</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="2">
+        <v>23537</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A46" s="2">
+        <v>23468</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="2">
+        <v>23521</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="2">
+        <v>23472</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A49" s="2">
+        <v>23447</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A50" s="2">
+        <v>23507</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A51" s="2">
+        <v>23526</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="2">
+        <v>23439</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="2">
+        <v>23518</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="C2" s="7" t="s">
+      <c r="C53" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="2">
+        <v>23477</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="2">
+        <v>23533</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A56" s="2">
+        <v>23500</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A57" s="2">
+        <v>23449</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A58" s="2">
+        <v>23483</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A59" s="2">
+        <v>23497</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="2">
+        <v>15119</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="2">
+        <v>23515</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="2">
+        <v>23509</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A63" s="2">
+        <v>23437</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A64" s="2">
+        <v>23524</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A65" s="2">
+        <v>23466</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A66" s="2">
+        <v>23510</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A67" s="2">
+        <v>23522</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A68" s="2">
+        <v>23504</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A69" s="2">
+        <v>23511</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A70" s="2">
+        <v>23444</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A71" s="2">
+        <v>23481</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A72" s="2">
+        <v>23506</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="2">
+        <v>23463</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="2">
+        <v>23489</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C74" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="D2" s="8" t="s">
+      <c r="D74" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A75" s="2">
+        <v>23488</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="2">
+        <v>23460</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A77" s="2">
+        <v>23425</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="2">
+        <v>23456</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A79" s="2">
+        <v>23520</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A80" s="2">
+        <v>23450</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="2">
+        <v>23474</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A82" s="2">
+        <v>23503</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A83" s="2">
+        <v>23440</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A84" s="2">
+        <v>23492</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A85" s="2">
+        <v>16802</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="2">
+        <v>23431</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A87" s="2">
+        <v>23529</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A88" s="2">
+        <v>23470</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A89" s="2">
+        <v>23535</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D89" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="E2" s="8" t="s">
+      <c r="E89" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="F2" s="7" t="s">
-[...13 lines deleted...]
-      <c r="D3" s="8" t="s">
+      <c r="F89" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A90" s="2">
+        <v>23411</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A91" s="2">
+        <v>23457</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A92" s="2">
+        <v>23426</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="2">
+        <v>23485</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A94" s="2">
+        <v>23467</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A95" s="2">
+        <v>23494</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A96" s="2">
+        <v>23471</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A97" s="2">
+        <v>23528</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="2">
+        <v>23435</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A99" s="2">
+        <v>23502</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A100" s="2">
+        <v>23534</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A101" s="2">
+        <v>23451</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A102" s="2">
+        <v>23442</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C102" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="E3" s="8" t="s">
+      <c r="D102" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A103" s="2">
+        <v>23536</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A104" s="2">
+        <v>23454</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A105" s="2">
+        <v>23527</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A106" s="2">
+        <v>23473</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D106" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="F3" s="7" t="s">
-[...270 lines deleted...]
-      <c r="C17" s="7" t="s">
+      <c r="E106" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A107" s="2">
+        <v>23530</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="8" t="s">
-[...1306 lines deleted...]
-        <v>20</v>
+      <c r="F107" s="3" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F82">
-    <sortCondition ref="B2:B82"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F107">
+    <sortCondition ref="B2:B107"/>
   </sortState>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...71 lines deleted...]
-  </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>MATERIALS</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>SKIPSSkip Licence Number	Skip L</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Richards, Jonathan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>