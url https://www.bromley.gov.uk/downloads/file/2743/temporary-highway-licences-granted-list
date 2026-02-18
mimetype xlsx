--- v4 (2026-01-25)
+++ v5 (2026-02-18)
@@ -1,696 +1,843 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bromley-my.sharepoint.com/personal/jonathan_richards_bromley_gov_uk/Documents/Street Scene and Greenspace/Skip Lists/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="35" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2CCADF12-3D06-4FAB-86C7-B47B7EF43527}"/>
+  <xr:revisionPtr revIDLastSave="46" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A9590069-9BA8-4037-9021-8A08D57C3FAA}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SKIPSSkip Licence Number_x0009_Skip L" sheetId="1" r:id="rId1"/>
+    <sheet name="SKIPS" sheetId="1" r:id="rId1"/>
+    <sheet name="MATERIALS" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SKIPSSkip Licence Number	Skip L'!$A$1:$F$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">SKIPS!$A$1:$F$1</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="536" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="256">
+  <si>
+    <t>Materials Licence Number</t>
+  </si>
+  <si>
+    <t>Materials Location (Road)</t>
+  </si>
+  <si>
+    <t>Materials Location (Outside)</t>
+  </si>
+  <si>
+    <t>Materials Licence Start Date</t>
+  </si>
+  <si>
+    <t>Materials Licence End Date</t>
+  </si>
+  <si>
+    <t>Cobden Road, BR6 7DN</t>
+  </si>
+  <si>
+    <t>Side of 286 Tubbenden Lane South</t>
+  </si>
+  <si>
+    <t>09 February 2026</t>
+  </si>
+  <si>
+    <t>22 February 2026</t>
+  </si>
+  <si>
+    <t>Cobden Road BR6 7DN</t>
+  </si>
+  <si>
+    <t>Side of 286 Tubbenden Lane South,</t>
+  </si>
+  <si>
+    <t>23 February 2026</t>
+  </si>
+  <si>
+    <t>08 March 2026</t>
+  </si>
   <si>
     <t>Skip Licence Number</t>
   </si>
   <si>
     <t>Skip Location (Road)</t>
   </si>
   <si>
     <t>Skip Location (Outside)</t>
   </si>
   <si>
     <t>Skip Licence Start Date</t>
   </si>
   <si>
     <t>Skip Licence End Date</t>
   </si>
   <si>
     <t>LBB Registration Number</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>12 January 2026</t>
-[...2 lines deleted...]
-    <t>25 January 2026</t>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>10 February 2026</t>
+  </si>
+  <si>
+    <t>093</t>
+  </si>
+  <si>
+    <t>side of property in Melbury Close</t>
+  </si>
+  <si>
+    <t>02 February 2026</t>
+  </si>
+  <si>
+    <t>15 February 2026</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>26 January 2026</t>
+  </si>
+  <si>
+    <t>08 February 2026</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>11 February 2026</t>
+  </si>
+  <si>
+    <t>24 February 2026</t>
+  </si>
+  <si>
+    <t>10, Beechfield Cottages,</t>
+  </si>
+  <si>
+    <t>05 February 2026</t>
+  </si>
+  <si>
+    <t>18 February 2026</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>127 Venner Road,</t>
+  </si>
+  <si>
+    <t>29 January 2026</t>
+  </si>
+  <si>
+    <t>13 Belmont Road</t>
+  </si>
+  <si>
+    <t>13 Yeovil Close,</t>
+  </si>
+  <si>
+    <t>04 February 2026</t>
+  </si>
+  <si>
+    <t>17 February 2026</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>13 February 2026</t>
+  </si>
+  <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
+    <t>13 Brookmead Way,</t>
+  </si>
+  <si>
+    <t>15 Walden Avenue</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>156 Goodhart Way,</t>
+  </si>
+  <si>
+    <t>159 Parish Lane,</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>16 Derry Downs,</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>098</t>
+  </si>
+  <si>
+    <t>16 Milestone Road</t>
+  </si>
+  <si>
+    <t>30 January 2026</t>
+  </si>
+  <si>
+    <t>12 February 2026</t>
+  </si>
+  <si>
+    <t>17 Aynscombe Angle,</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>02 March 2026</t>
+  </si>
+  <si>
+    <t>027</t>
+  </si>
+  <si>
+    <t>18a</t>
+  </si>
+  <si>
+    <t>02 April 2302</t>
+  </si>
+  <si>
+    <t>15 April 2302</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>19 Wellington Road</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>28 February 2026</t>
+  </si>
+  <si>
+    <t>2 Oakdene Road</t>
+  </si>
+  <si>
+    <t>062</t>
+  </si>
+  <si>
+    <t>20 Beaumont Road,</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21 Lennard Road,</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>24 Springpark Drive,</t>
+  </si>
+  <si>
+    <t>03 February 2026</t>
+  </si>
+  <si>
+    <t>16 February 2026</t>
+  </si>
+  <si>
+    <t>26 Hayes Hill Road,</t>
+  </si>
+  <si>
+    <t>26 Mayfield Road</t>
+  </si>
+  <si>
+    <t>26 Milestone Road,</t>
+  </si>
+  <si>
+    <t>06 February 2026</t>
+  </si>
+  <si>
+    <t>19 February 2026</t>
+  </si>
+  <si>
+    <t>28 Bickley Crescent</t>
+  </si>
+  <si>
+    <t>2a</t>
+  </si>
+  <si>
+    <t>31 January 2026</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>072</t>
+  </si>
+  <si>
+    <t>03 March 2026</t>
+  </si>
+  <si>
+    <t>3 Croxley Close,</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>31 Patterson Road,</t>
+  </si>
+  <si>
+    <t>32 Hilldrop Road,</t>
+  </si>
+  <si>
+    <t>33 Recreation Road</t>
+  </si>
+  <si>
+    <t>34 Addison Road</t>
+  </si>
+  <si>
+    <t>342 Eden Park Avenue,</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>36 Mosslea Road</t>
+  </si>
+  <si>
+    <t>39 Green Lane,</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>43 Byne Road</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>01 March 2026</t>
+  </si>
+  <si>
+    <t>012</t>
+  </si>
+  <si>
+    <t>44 Wiverton Road,</t>
+  </si>
+  <si>
+    <t>043</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>46 Sandringham Road,</t>
+  </si>
+  <si>
+    <t>47 Cowper Road,</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>27 January 2026</t>
+  </si>
+  <si>
+    <t>47 Foxgrove Avenue,</t>
+  </si>
+  <si>
+    <t>47 Wiverton Road,</t>
+  </si>
+  <si>
+    <t>49 Sidney Road</t>
+  </si>
+  <si>
+    <t>5 Lennard Road,</t>
+  </si>
+  <si>
+    <t>51 Keswick Road</t>
+  </si>
+  <si>
+    <t>51 Newstead Avenue</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>53 Wiverton Road,</t>
+  </si>
+  <si>
+    <t>54 Lansdowne Road,</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>25 June 7202</t>
+  </si>
+  <si>
+    <t>08 July 7202</t>
+  </si>
+  <si>
+    <t>54 Towncourt Crescent,</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>58 Patterson Road,</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>20 February 2026</t>
+  </si>
+  <si>
+    <t>05 March 2026</t>
+  </si>
+  <si>
+    <t>6 - 8 Gladstone Road</t>
+  </si>
+  <si>
+    <t>6 - 8</t>
+  </si>
+  <si>
+    <t>6 Sheringham Road,</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>6 Thistlemead,</t>
+  </si>
+  <si>
+    <t>6 Tredown Road,</t>
+  </si>
+  <si>
+    <t>6 Yalding Grove,</t>
+  </si>
+  <si>
+    <t>07 February 2026</t>
+  </si>
+  <si>
+    <t>63 Eton Road,</t>
+  </si>
+  <si>
+    <t>64 Beaumont Road,</t>
+  </si>
+  <si>
+    <t>64 Station Road,</t>
+  </si>
+  <si>
+    <t>66 Park End</t>
+  </si>
+  <si>
+    <t>69 Ringshall Road,</t>
+  </si>
+  <si>
+    <t>7 Ashbourne Rise,</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>25 February 2026</t>
+  </si>
+  <si>
+    <t>76 Cambridge Road</t>
   </si>
   <si>
     <t>003</t>
   </si>
   <si>
-    <t>14 January 2026</t>
-[...320 lines deleted...]
-    <t>71</t>
+    <t>8 Lancaster Close</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>81</t>
-[...17 lines deleted...]
-    <t>116</t>
+    <t>81 Chorleywood Crescent</t>
+  </si>
+  <si>
+    <t>81 Chorleywood Crescent,</t>
+  </si>
+  <si>
+    <t>9 Chipstead Close</t>
+  </si>
+  <si>
+    <t>9 Tennyson Road,</t>
+  </si>
+  <si>
+    <t>rear of 92 Kings Avenue in Patterdale Close</t>
+  </si>
+  <si>
+    <t>side of 96 in Kimberley Road</t>
+  </si>
+  <si>
+    <t>087</t>
+  </si>
+  <si>
+    <t>Chimneys, Westbury Road,</t>
+  </si>
+  <si>
+    <t>31 Thicket Road</t>
+  </si>
+  <si>
+    <t>Forster Road, Beckenham, BR3 4LL</t>
+  </si>
+  <si>
+    <t>By side access to 43 Cromwell Road, Beckenham, BR3 4LL</t>
+  </si>
+  <si>
+    <t>PATTERDALE CLOSE BR1 4HZ</t>
+  </si>
+  <si>
+    <t>Rear of 92 Kings Avenue, Bromley, BR1 4HL</t>
+  </si>
+  <si>
+    <t>Rosewood, Bickley Crescent,</t>
+  </si>
+  <si>
+    <t>Dykes Way, Shortlands, Bromley, BR2 0SU</t>
   </si>
   <si>
     <t>Beechfield Cottages, Widmore Road, Bromley, BR1 3AY</t>
   </si>
   <si>
-    <t>St Paul's Wood Hill, Orpington, BR5 2SR</t>
+    <t>Morland Road, Penge, London, SE20 7NB</t>
+  </si>
+  <si>
+    <t>Venner Road, Sydenham, London, SE26 5HU</t>
+  </si>
+  <si>
+    <t>Belmont Road, Beckenham, BR3 4HW</t>
+  </si>
+  <si>
+    <t>Yeovil Close, Orpington, BR6 8BT</t>
+  </si>
+  <si>
+    <t>Wickham Chase, West Wickham, BR4 0BH</t>
+  </si>
+  <si>
+    <t>Brookmead Way, Orpington, BR5 2BQ</t>
+  </si>
+  <si>
+    <t>Walden Avenue, Chislehurst, BR7 6EJ</t>
+  </si>
+  <si>
+    <t>Goodhart Way, West Wickham, BR4 0EZ</t>
+  </si>
+  <si>
+    <t>Parish Lane, Penge, London, SE20 7JH</t>
+  </si>
+  <si>
+    <t>Derry Downs, Orpington, BR5 4DT</t>
+  </si>
+  <si>
+    <t>Milestone Road, Anerley, London, SE19 2LL</t>
+  </si>
+  <si>
+    <t>Aynscombe Angle, Orpington, BR6 0HJ</t>
+  </si>
+  <si>
+    <t>Rushet Road, Orpington, BR5 2PU</t>
+  </si>
+  <si>
+    <t>Venner Road, Sydenham, London, SE26 5HT</t>
+  </si>
+  <si>
+    <t>Royal Parade, Chislehurst, BR7 6NR</t>
+  </si>
+  <si>
+    <t>Lakeside Drive, Bromley, BR2 8QQ</t>
+  </si>
+  <si>
+    <t>Wellington Road, Bromley, BR2 9NG</t>
+  </si>
+  <si>
+    <t>Beaumont Road, Petts Wood, Orpington, BR5 1JN</t>
+  </si>
+  <si>
+    <t>Northbourne, Hayes, Bromley, BR2 7ND</t>
+  </si>
+  <si>
+    <t>Lennard Road, Beckenham, SE20 7LT</t>
+  </si>
+  <si>
+    <t>Bourne Road, Bromley, BR2 9PB</t>
+  </si>
+  <si>
+    <t>Sefton Road, Petts Wood, Orpington, BR5 1RG</t>
+  </si>
+  <si>
+    <t>Springpark Drive, Beckenham, BR3 6QD</t>
+  </si>
+  <si>
+    <t>Hayes Hill Road, Hayes, Bromley, BR2 7HT</t>
+  </si>
+  <si>
+    <t>Mayfield Road, Bickley, Bromley, BR1 2HD</t>
+  </si>
+  <si>
+    <t>Bickley Crescent, Bickley, Bromley, BR1 2DW</t>
+  </si>
+  <si>
+    <t>Crab Hill, Beckenham, BR3 5HE</t>
+  </si>
+  <si>
+    <t>Patterson Road, Anerley, London, SE19 2LE</t>
+  </si>
+  <si>
+    <t>Hilldrop Road, Bromley, BR1 4DB</t>
+  </si>
+  <si>
+    <t>Recreation Road, Bromley, BR2 0DY</t>
+  </si>
+  <si>
+    <t>Addison Road, Bromley, BR2 9RR</t>
+  </si>
+  <si>
+    <t>Eden Park Avenue, Beckenham, BR3 3JL</t>
+  </si>
+  <si>
+    <t>Mosslea Road, Penge, London, SE20 7BW</t>
+  </si>
+  <si>
+    <t>Green Lane, Penge, London, SE20 7JX</t>
+  </si>
+  <si>
+    <t>Robin Hood Green, Orpington, BR5 2AT</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JF</t>
+  </si>
+  <si>
+    <t>Marlow Road, Penge, London, SE20 7YG</t>
+  </si>
+  <si>
+    <t>Wiverton Road, Sydenham, London, SE26 5HY</t>
+  </si>
+  <si>
+    <t>Sandringham Road, Bromley, BR1 5AS</t>
+  </si>
+  <si>
+    <t>Cowper Road, Bromley, BR2 9RT</t>
   </si>
   <si>
     <t>Foxgrove Avenue, Beckenham, BR3 5BA</t>
   </si>
   <si>
-    <t>Ridley Road, Bromley, BR2 0EU</t>
-[...116 lines deleted...]
-    <t>Ascot Road, Orpington, BR5 2JF</t>
+    <t>Wiverton Road, Sydenham, London, SE26 5JB</t>
+  </si>
+  <si>
+    <t>Sidney Road, Beckenham, BR3 4PX</t>
+  </si>
+  <si>
+    <t>Keswick Road, West Wickham, BR4 9AS</t>
   </si>
   <si>
     <t>Newstead Avenue, Orpington, BR6 9RW</t>
   </si>
   <si>
-    <t>Kimberley Road, Beckenham, BR3 4QU</t>
-[...4 lines deleted...]
-  <si>
     <t>Lansdowne Road, Bromley, BR1 3PQ</t>
   </si>
   <si>
     <t>Leamington Avenue, Bromley, BR1 5BL</t>
   </si>
   <si>
+    <t>Towncourt Crescent, Petts Wood, Orpington, BR5 1PJ</t>
+  </si>
+  <si>
     <t>Green Lane, Chislehurst, BR7 6AW</t>
   </si>
   <si>
+    <t>Patterson Road, Anerley, London, SE19 2LF</t>
+  </si>
+  <si>
     <t>Wellington Road, Orpington, BR5 4AQ</t>
   </si>
   <si>
-    <t>Byne Road, Sydenham, London, SE26 5JG</t>
+    <t>Eton Road, Orpington, BR6 9HH</t>
   </si>
   <si>
     <t>Beaumont Road, Petts Wood, Orpington, BR5 1JQ</t>
   </si>
   <si>
     <t>Station Road, Penge, London, SE20 7BJ</t>
   </si>
   <si>
     <t>Park End, Bromley, BR1 4AW</t>
   </si>
   <si>
-    <t>Royston Road, Penge, London, SE20 7QW</t>
+    <t>Ringshall Road, Orpington, BR5 2LY</t>
+  </si>
+  <si>
+    <t>shbourne Rise, Orpington, BR6 9PY</t>
+  </si>
+  <si>
+    <t>Cambridge Road, Penge, London, SE20 7XL</t>
   </si>
   <si>
     <t>Sutherland Avenue, Biggin Hill, TN16 3HG</t>
   </si>
   <si>
-    <t>Ernest Grove, Beckenham, BR3 3HZ</t>
-[...11 lines deleted...]
-    <t>Arbor Close, Beckenham, BR3 6TW</t>
+    <t>Chorleywood Crescent, Orpington, BR5 2SQ</t>
+  </si>
+  <si>
+    <t>Kings Avenue, Bromley, BR1 4HL</t>
+  </si>
+  <si>
+    <t>Churchfields Road, Beckenham, BR3 4QR</t>
   </si>
   <si>
     <t>Courtlands Avenue, Hayes, Bromley, BR2 7HY</t>
   </si>
   <si>
     <t>Grange Drive, Chislehurst, BR7 5ES</t>
   </si>
   <si>
     <t>Johnson Road, Bromley, BR2 9SN</t>
   </si>
   <si>
     <t>Oakdene Road, Orpington, BR5 2AJ</t>
   </si>
   <si>
     <t>Acacia Road, Beckenham, BR3 4HU</t>
   </si>
   <si>
+    <t>Banavie Gardens, Beckenham, BR3 5YA</t>
+  </si>
+  <si>
     <t>Croxley Close, Orpington, BR5 3DD</t>
   </si>
   <si>
-    <t>Balgowan Road, Beckenham, BR3 4HJ</t>
-[...2 lines deleted...]
-    <t>Sholden Gardens, Orpington, BR5 4RA</t>
+    <t>Fairmead Close, Bickley, Bromley, BR1 2JS</t>
   </si>
   <si>
     <t>Lennard Road, Beckenham, SE20 7LL</t>
   </si>
   <si>
-    <t>Ormonde Avenue, Orpington, BR6 8JP</t>
-[...4 lines deleted...]
-  <si>
     <t>Gladstone Road, Orpington, BR6 7EA</t>
   </si>
   <si>
+    <t>Sheringham Road, Penge, London, SE20 7YJ</t>
+  </si>
+  <si>
     <t>Thistlemead, Chislehurst, BR7 5RF</t>
   </si>
   <si>
-    <t>Ashbourne Rise, Orpington, BR6 9PY</t>
+    <t>Tredown Road, Sydenham, London, SE26 5QH</t>
+  </si>
+  <si>
+    <t>Yalding Grove, Orpington, BR5 3SE</t>
   </si>
   <si>
     <t>Lancaster Close, Shortlands, Bromley, BR2 0QF</t>
   </si>
   <si>
+    <t>Chipstead Close, Anerley, London, SE19 2LY</t>
+  </si>
+  <si>
     <t>Tennyson Road, Penge, London, SE20 7ND</t>
+  </si>
+  <si>
+    <t>Westbury Road, Bromley, BR1 2QB</t>
+  </si>
+  <si>
+    <t>Thicket Road, Penge, London, SE20 8DB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
@@ -728,88 +875,102 @@
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_SKIPSSkip Licence Number_x0009_Skip L" xfId="1" xr:uid="{E9E05364-1022-4A1E-91CE-388BEA5BC214}"/>
+    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{DC5C257C-42D7-48CA-A622-ACE3175B9332}"/>
+    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{8D079F25-32F4-4DC5-AD1E-54968687F42C}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1031,2227 +1192,2361 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F107"/>
+  <dimension ref="A1:F110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B101" sqref="B101"/>
+      <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E1" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="6">
+        <v>23465</v>
+      </c>
+      <c r="B2" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D2" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" s="7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="6">
+        <v>23475</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A4" s="6">
+        <v>23476</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="6">
+        <v>23587</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="6">
+        <v>23608</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="6">
+        <v>23543</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="6">
+        <v>23625</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="6">
+        <v>23570</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="6">
+        <v>23584</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="6">
+        <v>23582</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="6">
+        <v>23549</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="6">
+        <v>23545</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="6">
+        <v>23606</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="6">
+        <v>23532</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="6">
+        <v>23613</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="6">
+        <v>23551</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="6">
+        <v>23561</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19" s="6">
+        <v>23619</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="6">
+        <v>23568</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="6">
+        <v>23575</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="6">
+        <v>23590</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="6">
+        <v>23601</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="6">
+        <v>23611</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E24" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="6">
+        <v>23538</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="6">
+        <v>23553</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A27" s="6">
+        <v>23519</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="6">
+        <v>23563</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="6">
+        <v>23567</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E29" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="6">
+        <v>23620</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="6">
+        <v>23586</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="6">
+        <v>23571</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="6">
+        <v>23612</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E33" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A34" s="6">
+        <v>23593</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A35" s="6">
+        <v>23539</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="6">
+        <v>23583</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A37" s="6">
+        <v>23562</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="6">
+        <v>23624</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="6">
+        <v>23589</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="6">
+        <v>23525</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A41" s="6">
+        <v>23537</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A42" s="6">
+        <v>23609</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A43" s="6">
+        <v>23591</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="6">
+        <v>23599</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="6">
+        <v>23574</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A46" s="6">
+        <v>23533</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="6">
+        <v>23592</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E47" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A48" s="6">
+        <v>23615</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E48" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A49" s="6">
+        <v>23542</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E49" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A50" s="6">
+        <v>23548</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E50" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="6">
+        <v>23618</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="6">
+        <v>23569</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="6">
+        <v>23627</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E53" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A54" s="6">
+        <v>15119</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="E54" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A55" s="6">
+        <v>23581</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A56" s="6">
+        <v>23578</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A57" s="6">
+        <v>23621</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A58" s="6">
+        <v>23580</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E58" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="6">
+        <v>23522</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="6">
+        <v>23560</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="6">
+        <v>23576</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="6">
+        <v>23541</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E62" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A63" s="6">
+        <v>23506</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A64" s="6">
+        <v>23594</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E64" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A65" s="6">
+        <v>23558</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E65" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A66" s="6">
+        <v>23616</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E66" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A67" s="6">
+        <v>23610</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E67" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A68" s="6">
+        <v>23550</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E68" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A69" s="6">
+        <v>23597</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E69" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A70" s="6">
+        <v>23579</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E70" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A71" s="6">
+        <v>23546</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E71" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A72" s="6">
+        <v>23540</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="D72" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="6">
+        <v>23604</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D73" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E73" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A74" s="6">
+        <v>23556</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E74" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A75" s="6">
+        <v>23614</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="E75" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="6">
+        <v>23605</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E76" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A77" s="6">
+        <v>23600</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E77" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="6">
+        <v>23544</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E78" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A79" s="6">
+        <v>16802</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E79" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A80" s="6">
+        <v>23529</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E80" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="6">
+        <v>23535</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E81" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="6">
+        <v>23603</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E82" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A83" s="6">
+        <v>23628</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E83" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A84" s="6">
+        <v>23552</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A85" s="6">
+        <v>23617</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E85" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="6">
+        <v>23554</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E86" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="6">
+        <v>23607</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E87" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A88" s="6">
+        <v>23555</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D88" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E88" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A89" s="6">
+        <v>23588</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="D89" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E89" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A90" s="6">
+        <v>23528</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="D90" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E90" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A91" s="6">
+        <v>23572</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E91" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A92" s="6">
+        <v>23598</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="D92" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E92" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="6">
+        <v>23534</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D93" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E93" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A94" s="6">
+        <v>23596</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E94" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A95" s="6">
+        <v>23585</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E95" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A96" s="6">
+        <v>23566</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="D96" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E96" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A97" s="6">
+        <v>23623</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D97" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E97" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="6">
+        <v>23547</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E98" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A99" s="6">
+        <v>23595</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E99" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A100" s="6">
+        <v>23557</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D100" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E100" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A101" s="6">
+        <v>23626</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="E101" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A102" s="6">
+        <v>23536</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D102" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="E102" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A103" s="6">
+        <v>23564</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="D103" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E103" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A104" s="6">
+        <v>23622</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D104" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E104" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A105" s="6">
+        <v>23565</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="D105" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E105" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F105" s="7" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A106" s="6">
+        <v>23577</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="D106" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E106" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F106" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A107" s="6">
+        <v>23530</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="D107" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="E107" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A108" s="6">
+        <v>23602</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="D108" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E108" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A109" s="6">
+        <v>23559</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D109" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="E109" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A110" s="6">
+        <v>23573</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D110" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E110" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F110">
+    <sortCondition ref="B2:B110"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{544F8A34-74C5-4DEF-AC78-39D22A554E17}">
+  <dimension ref="A1:E3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="24.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="25" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A2" s="2">
+        <v>753</v>
+      </c>
+      <c r="B2" s="3" t="s">
         <v>5</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C2" s="3" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
-        <v>23475</v>
+        <v>754</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>192</v>
+        <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>77</v>
-[...41 lines deleted...]
-      <c r="F5" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="45" x14ac:dyDescent="0.25">
-[...2038 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...2 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>SKIPSSkip Licence Number	Skip L</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>SKIPS</vt:lpstr>
+      <vt:lpstr>MATERIALS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Richards, Jonathan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>