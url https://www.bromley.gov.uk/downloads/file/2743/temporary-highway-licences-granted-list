--- v5 (2026-02-18)
+++ v6 (2026-03-31)
@@ -1,843 +1,835 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bromley-my.sharepoint.com/personal/jonathan_richards_bromley_gov_uk/Documents/Street Scene and Greenspace/Skip Lists/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="46" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A9590069-9BA8-4037-9021-8A08D57C3FAA}"/>
+  <xr:revisionPtr revIDLastSave="45" documentId="11_F25DC773A252ABDACC1048CC999E7F025ADE58F1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BCC5F3D3-5A09-47F8-B494-9C8AF274CCAF}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SKIPS" sheetId="1" r:id="rId1"/>
     <sheet name="MATERIALS" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">MATERIALS!$A$1:$E$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">SKIPS!$A$1:$F$1</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="598" uniqueCount="253">
   <si>
     <t>Materials Licence Number</t>
   </si>
   <si>
     <t>Materials Location (Road)</t>
   </si>
   <si>
     <t>Materials Location (Outside)</t>
   </si>
   <si>
     <t>Materials Licence Start Date</t>
   </si>
   <si>
     <t>Materials Licence End Date</t>
   </si>
   <si>
-    <t>Cobden Road, BR6 7DN</t>
-[...20 lines deleted...]
-    <t>08 March 2026</t>
+    <t>19 Hayes Garden,</t>
+  </si>
+  <si>
+    <t>16 March 2026</t>
+  </si>
+  <si>
+    <t>29 March 2026</t>
+  </si>
+  <si>
+    <t>Elmfield Road, Bromley, BR1 1EG</t>
+  </si>
+  <si>
+    <t>outside entrance to The Glades</t>
+  </si>
+  <si>
+    <t>31 March 2026</t>
+  </si>
+  <si>
+    <t>13 April 2026</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>23 March 2026</t>
+  </si>
+  <si>
+    <t>05 April 2026</t>
+  </si>
+  <si>
+    <t>Hayes Garden, Hayes, Bromley, BR2 7DQ</t>
+  </si>
+  <si>
+    <t>Oaklands Avenue, West Wickham, BR4 9LF</t>
   </si>
   <si>
     <t>Skip Licence Number</t>
   </si>
   <si>
     <t>Skip Location (Road)</t>
   </si>
   <si>
     <t>Skip Location (Outside)</t>
   </si>
   <si>
     <t>Skip Licence Start Date</t>
   </si>
   <si>
     <t>Skip Licence End Date</t>
   </si>
   <si>
     <t>LBB Registration Number</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>28 January 2026</t>
-[...2 lines deleted...]
-    <t>10 February 2026</t>
+    <t>27 March 2026</t>
+  </si>
+  <si>
+    <t>09 April 2026</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>14 March 2026</t>
+  </si>
+  <si>
+    <t>11 Albany Road</t>
   </si>
   <si>
     <t>093</t>
   </si>
   <si>
-    <t>side of property in Melbury Close</t>
-[...14 lines deleted...]
-    <t>08 February 2026</t>
+    <t>12</t>
+  </si>
+  <si>
+    <t>12 March 2026</t>
+  </si>
+  <si>
+    <t>25 March 2026</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>24 March 2026</t>
+  </si>
+  <si>
+    <t>06 April 2026</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>13 Ravenscroft Road</t>
+  </si>
+  <si>
+    <t>19 March 2026</t>
+  </si>
+  <si>
+    <t>01 April 2026</t>
   </si>
   <si>
     <t>001</t>
   </si>
   <si>
-    <t>10</t>
-[...14 lines deleted...]
-    <t>18 February 2026</t>
+    <t>137 Upper Elmers End Road</t>
+  </si>
+  <si>
+    <t>18 March 2026</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>11 March 2026</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>09 March 2026</t>
+  </si>
+  <si>
+    <t>22 March 2026</t>
+  </si>
+  <si>
+    <t>156 Goodhart Way,</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>10 March 2026</t>
+  </si>
+  <si>
+    <t>26 March 2026</t>
+  </si>
+  <si>
+    <t>08 April 2026</t>
+  </si>
+  <si>
+    <t>16 Seymour Villas,</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>17 Tennyson Road</t>
+  </si>
+  <si>
+    <t>20 March 2026</t>
+  </si>
+  <si>
+    <t>02 April 2026</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>07 March 2026</t>
+  </si>
+  <si>
+    <t>175 Oakdene Road</t>
+  </si>
+  <si>
+    <t>21 March 2026</t>
+  </si>
+  <si>
+    <t>03 April 2026</t>
+  </si>
+  <si>
+    <t>18 Adelaide Road,</t>
+  </si>
+  <si>
+    <t>18</t>
   </si>
   <si>
     <t>020</t>
   </si>
   <si>
-    <t>12</t>
+    <t>18a</t>
+  </si>
+  <si>
+    <t>02 April 2302</t>
+  </si>
+  <si>
+    <t>15 April 2302</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>30 March 2026</t>
+  </si>
+  <si>
+    <t>12 April 2026</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>22 Eton Road,</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>07 April 2026</t>
+  </si>
+  <si>
+    <t>23 Felmingham Road</t>
+  </si>
+  <si>
+    <t>14 April 2026</t>
+  </si>
+  <si>
+    <t>24 Patterson Road</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>26 Hurstdene Avenue</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>26 Milestone Road</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>127 Venner Road,</t>
-[...14 lines deleted...]
-    <t>17 February 2026</t>
+    <t>27</t>
+  </si>
+  <si>
+    <t>27 Haywood Road</t>
+  </si>
+  <si>
+    <t>17 March 2026</t>
+  </si>
+  <si>
+    <t>2a</t>
+  </si>
+  <si>
+    <t>3 Belmont Road,</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>34 Addison Road</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>072</t>
+  </si>
+  <si>
+    <t>34 Salisbury Road,</t>
+  </si>
+  <si>
+    <t>11 April 2026</t>
+  </si>
+  <si>
+    <t>34 Shawfield Park</t>
+  </si>
+  <si>
+    <t>13 March 2026</t>
   </si>
   <si>
     <t>010</t>
   </si>
   <si>
-    <t>149</t>
-[...20 lines deleted...]
-    <t>159 Parish Lane,</t>
+    <t>35</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>36 Byne Road</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>36 Mosslea Road</t>
+  </si>
+  <si>
+    <t>36 Victoria Road</t>
+  </si>
+  <si>
+    <t>37 Croft Road,</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>38 Babbacombe Road,</t>
+  </si>
+  <si>
+    <t>15 April 2026</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>077</t>
+  </si>
+  <si>
+    <t>40 Park Road</t>
+  </si>
+  <si>
+    <t>43 Byne Road,</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>16 Derry Downs,</t>
-[...26 lines deleted...]
-    <t>02 March 2026</t>
+    <t>44</t>
+  </si>
+  <si>
+    <t>44 White Oak Drive,</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>47 Foxgrove Avenue,</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>54 Lansdowne Road</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>25 June 7202</t>
+  </si>
+  <si>
+    <t>08 July 7202</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>6 - 8 Gladstone Road</t>
+  </si>
+  <si>
+    <t>6 - 8</t>
+  </si>
+  <si>
+    <t>in Union Rroad - next to alleyway opposite no 23 &amp; 25</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>6 Sheringham Road</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>64 Beaumont Road</t>
+  </si>
+  <si>
+    <t>66 Park End</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>75</t>
   </si>
   <si>
     <t>027</t>
   </si>
   <si>
-    <t>18a</t>
-[...263 lines deleted...]
-    <t>76 Cambridge Road</t>
+    <t>75 Gladstone Road</t>
+  </si>
+  <si>
+    <t>75A Marlow Road</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>8 Alexander Road</t>
+  </si>
+  <si>
+    <t>8 Lancaster Close,</t>
+  </si>
+  <si>
+    <t>84 Manor Way</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>9 Tennyson Road,</t>
+  </si>
+  <si>
+    <t>9 Torr Road,</t>
+  </si>
+  <si>
+    <t>9 Warner Road,</t>
+  </si>
+  <si>
+    <t>28 March 2026</t>
+  </si>
+  <si>
+    <t>10 April 2026</t>
+  </si>
+  <si>
+    <t>side of 90 in Tremaine Road</t>
   </si>
   <si>
     <t>003</t>
   </si>
   <si>
-    <t>8 Lancaster Close</t>
-[...59 lines deleted...]
-    <t>Venner Road, Sydenham, London, SE26 5HU</t>
+    <t>96</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Albany Road, Chislehurst, BR7 6BG</t>
+  </si>
+  <si>
+    <t>Babbacombe Road, Bromley, BR1 3LW</t>
+  </si>
+  <si>
+    <t>Blandford Road, Beckenham, BR3 4NE</t>
+  </si>
+  <si>
+    <t>Ravenscroft Road, Beckenham, BR3 4TP</t>
+  </si>
+  <si>
+    <t>Upper Elmers End Road, Beckenham, BR3 3QU</t>
+  </si>
+  <si>
+    <t>Walden Avenue, Chislehurst, BR7 6EJ</t>
+  </si>
+  <si>
+    <t>Goodhart Way, West Wickham, BR4 0EZ</t>
+  </si>
+  <si>
+    <t>Foxgrove Road, Beckenham, BR3 5AT</t>
+  </si>
+  <si>
+    <t>Gladwell Road, Bromley, BR1 4DA</t>
+  </si>
+  <si>
+    <t>Milestone Road, Anerley, London, SE19 2LL</t>
+  </si>
+  <si>
+    <t>Seymour Villas, Penge, London, SE20 8TU</t>
+  </si>
+  <si>
+    <t>Tennyson Road, Penge, London, SE20 7ND</t>
+  </si>
+  <si>
+    <t>Crescent Drive, Petts Wood, Orpington, BR5 1AZ</t>
+  </si>
+  <si>
+    <t>Oakdene Road, Orpington, BR5 2AP</t>
+  </si>
+  <si>
+    <t>Adelaide Road, Chislehurst, BR7 6BB</t>
+  </si>
+  <si>
+    <t>Renton Drive, Orpington, BR5 4HH</t>
+  </si>
+  <si>
+    <t>Royal Parade, Chislehurst, BR7 6NR</t>
+  </si>
+  <si>
+    <t>Elliott Road, Bromley, BR2 9NU</t>
+  </si>
+  <si>
+    <t>Fairfield Road, Bromley, BR1 3QN</t>
+  </si>
+  <si>
+    <t>Eton Road, Orpington, BR6 9HE</t>
+  </si>
+  <si>
+    <t>Bourne Road, Bromley, BR2 9PB</t>
+  </si>
+  <si>
+    <t>Felmingham Road, Penge, London, SE20 7YD</t>
+  </si>
+  <si>
+    <t>Patterson Road, Anerley, London, SE19 2LD</t>
+  </si>
+  <si>
+    <t>Romany Rise, Orpington, BR5 1HG</t>
+  </si>
+  <si>
+    <t>The Avenue, West Wickham, BR4 0EB</t>
+  </si>
+  <si>
+    <t>Hurstdene Avenue, Hayes, Bromley, BR2 7JJ</t>
+  </si>
+  <si>
+    <t>Godwin Road, Bromley, BR2 9LG</t>
+  </si>
+  <si>
+    <t>Haywood Road, Bromley, BR2 9RG</t>
+  </si>
+  <si>
+    <t>Stanley Road, Orpington, BR6 0ET</t>
+  </si>
+  <si>
+    <t>Patterson Road, Anerley, London, SE19 2LE</t>
+  </si>
+  <si>
+    <t>Glanfield Road, Beckenham, BR3 3JS</t>
+  </si>
+  <si>
+    <t>Gundulph Road, Bromley, BR2 9LL</t>
+  </si>
+  <si>
+    <t>Addison Road, Bromley, BR2 9RR</t>
+  </si>
+  <si>
+    <t>Maple Road, Penge, London, SE20 8HE</t>
+  </si>
+  <si>
+    <t>Salisbury Road, Bromley, BR2 9PU</t>
+  </si>
+  <si>
+    <t>Shawfield Park, Bromley, BR1 2NG</t>
+  </si>
+  <si>
+    <t>Wellhouse Road, Beckenham, BR3 3JR</t>
+  </si>
+  <si>
+    <t>Balgowan Road, Beckenham, BR3 4HJ</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JF</t>
+  </si>
+  <si>
+    <t>Byne Road, Sydenham, London, SE26 5JE</t>
+  </si>
+  <si>
+    <t>Mosslea Road, Penge, London, SE20 7BW</t>
+  </si>
+  <si>
+    <t>Victoria Road, Bromley, BR2 9PP</t>
+  </si>
+  <si>
+    <t>Croft Road, Bromley, BR1 4DR</t>
+  </si>
+  <si>
+    <t>Greencourt Road, Petts Wood, Orpington, BR5 1QL</t>
+  </si>
+  <si>
+    <t>Farnaby Road, Bromley, BR1 4BJ</t>
+  </si>
+  <si>
+    <t>Green Lane, Penge, London, SE20 7JX</t>
+  </si>
+  <si>
+    <t>Kinnaird Avenue, Bromley, BR1 4HG</t>
+  </si>
+  <si>
+    <t>Park Road, Chislehurst, BR7 5AY</t>
+  </si>
+  <si>
+    <t>Lubbock Road, Chislehurst, BR7 5JX</t>
+  </si>
+  <si>
+    <t>Sunningdale Road, Bickley, Bromley, BR1 2ET</t>
+  </si>
+  <si>
+    <t>White Oak Drive, Beckenham, BR3 6QE</t>
+  </si>
+  <si>
+    <t>Limes Road, Beckenham, BR3 6NS</t>
+  </si>
+  <si>
+    <t>Queens Road, Beckenham, BR3 4JJ</t>
+  </si>
+  <si>
+    <t>Foxgrove Avenue, Beckenham, BR3 5BA</t>
+  </si>
+  <si>
+    <t>Crampton Road, Penge, London, SE20 7AT</t>
+  </si>
+  <si>
+    <t>Park Hill Road, Shortlands, Bromley, BR2 0LF</t>
+  </si>
+  <si>
+    <t>Lansdowne Road, Bromley, BR1 3PQ</t>
+  </si>
+  <si>
+    <t>Leamington Avenue, Bromley, BR1 5BL</t>
+  </si>
+  <si>
+    <t>Green Lane, Chislehurst, BR7 6AW</t>
+  </si>
+  <si>
+    <t>Grove Park Road, Mottingham, London, SE9 4NS</t>
+  </si>
+  <si>
+    <t>Albert Road, Bromley, BR2 9PY</t>
+  </si>
+  <si>
+    <t>Bromley Crescent, Bromley, BR2 0HA</t>
+  </si>
+  <si>
+    <t>Northlands Avenue, Orpington, BR6 9LU</t>
+  </si>
+  <si>
+    <t>Queens Road, Beckenham, BR3 4JL</t>
+  </si>
+  <si>
+    <t>Beaumont Road, Petts Wood, Orpington, BR5 1JQ</t>
+  </si>
+  <si>
+    <t>Park End, Bromley, BR1 4AW</t>
+  </si>
+  <si>
+    <t>Cambridge Road, Penge, London, SE20 7XJ</t>
+  </si>
+  <si>
+    <t>Gladstone Road, Orpington, BR6 7DY</t>
+  </si>
+  <si>
+    <t>Marlow Road, Penge, London, SE20 7YG</t>
+  </si>
+  <si>
+    <t>Manor Way, Beckenham, BR3 3LR</t>
+  </si>
+  <si>
+    <t>Marlow Road, Penge, London, SE20 7XR</t>
+  </si>
+  <si>
+    <t>Marlow Road, Penge, London, SE20 7UZ</t>
+  </si>
+  <si>
+    <t>Mackenzie Road, Beckenham, BR3 4RZ</t>
+  </si>
+  <si>
+    <t>Bramerton Road, Beckenham, BR3 3NY</t>
+  </si>
+  <si>
+    <t>Bramerton Road, Beckenham, BR3 3NZ</t>
+  </si>
+  <si>
+    <t>Georges Close, Orpington, BR5 3JR</t>
+  </si>
+  <si>
+    <t>Saxon Road, Bromley, BR1 3RP</t>
+  </si>
+  <si>
+    <t>Townshend Road, Chislehurst, BR7 6HP</t>
   </si>
   <si>
     <t>Belmont Road, Beckenham, BR3 4HW</t>
   </si>
   <si>
-    <t>Yeovil Close, Orpington, BR6 8BT</t>
-[...202 lines deleted...]
-  <si>
     <t>Gladstone Road, Orpington, BR6 7EA</t>
   </si>
   <si>
+    <t>Herbert Road, Bromley, BR2 9SH</t>
+  </si>
+  <si>
     <t>Sheringham Road, Penge, London, SE20 7YJ</t>
   </si>
   <si>
-    <t>Thistlemead, Chislehurst, BR7 5RF</t>
-[...5 lines deleted...]
-    <t>Yalding Grove, Orpington, BR5 3SE</t>
+    <t>Ashbourne Rise, Orpington, BR6 9PY</t>
+  </si>
+  <si>
+    <t>Englefield Close, Orpington, BR5 2HX</t>
+  </si>
+  <si>
+    <t>Alexander Road, Chislehurst, BR7 6BA</t>
   </si>
   <si>
     <t>Lancaster Close, Shortlands, Bromley, BR2 0QF</t>
   </si>
   <si>
-    <t>Chipstead Close, Anerley, London, SE19 2LY</t>
-[...8 lines deleted...]
-    <t>Thicket Road, Penge, London, SE20 8DB</t>
+    <t>Pleydell Avenue, Anerley, London, SE19 2LN</t>
+  </si>
+  <si>
+    <t>Torr Road, Penge, London, SE20 7PS</t>
+  </si>
+  <si>
+    <t>Warner Road, Bromley, BR1 3RR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
@@ -909,52 +901,52 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{DC5C257C-42D7-48CA-A622-ACE3175B9332}"/>
-    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{8D079F25-32F4-4DC5-AD1E-54968687F42C}"/>
+    <cellStyle name="Normal_MATERIALS" xfId="1" xr:uid="{CA1C5784-DD35-4EA0-950C-851196DF9D67}"/>
+    <cellStyle name="Normal_SKIPS" xfId="2" xr:uid="{B146D12A-2F61-421D-8E83-129F1EDDCBE9}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1192,2345 +1184,2487 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F110"/>
+  <dimension ref="A1:F116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
+      <selection pane="bottomLeft" activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B1" s="5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C1" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D1" s="5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E1" s="5" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="6">
-        <v>23465</v>
+        <v>23773</v>
       </c>
       <c r="B2" s="7" t="s">
-        <v>241</v>
+        <v>196</v>
       </c>
       <c r="C2" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D2" s="8" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="E2" s="8" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="F2" s="7" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
-        <v>23475</v>
+        <v>23783</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>241</v>
+        <v>178</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>92</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="6">
-        <v>23476</v>
+        <v>23793</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>241</v>
+        <v>164</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="D4" s="8" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" s="8" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F4" s="7" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
-        <v>23587</v>
+        <v>23709</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>205</v>
+        <v>224</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="D5" s="8" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E5" s="8" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="6">
-        <v>23608</v>
+        <v>23724</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>186</v>
+        <v>248</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>61</v>
+        <v>148</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>48</v>
       </c>
       <c r="F6" s="7" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="6">
-        <v>23543</v>
+        <v>23785</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E7" s="8" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="F7" s="7" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="6">
+        <v>23749</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="6">
+        <v>23751</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="6">
+        <v>23760</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="F10" s="7" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="45" x14ac:dyDescent="0.25">
-[...52 lines deleted...]
-      <c r="E10" s="8" t="s">
+    <row r="11" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="6">
+        <v>23796</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F11" s="7" t="s">
         <v>87</v>
-      </c>
-[...21 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="6">
-        <v>23549</v>
+        <v>23758</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>41</v>
+        <v>141</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="E12" s="8" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A13" s="6">
-        <v>23545</v>
+        <v>23774</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>200</v>
+        <v>242</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="6">
-        <v>23606</v>
+        <v>23816</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>200</v>
+        <v>166</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>172</v>
+        <v>33</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="6">
-        <v>23532</v>
+        <v>23735</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
-        <v>23613</v>
+        <v>23800</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="C16" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="8" t="s">
         <v>79</v>
       </c>
-      <c r="D16" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
-        <v>23551</v>
+        <v>23738</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>180</v>
+        <v>237</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>49</v>
+        <v>163</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="E17" s="8" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>26</v>
+        <v>153</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
-        <v>23561</v>
+        <v>23812</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="6">
-        <v>23619</v>
+        <v>23818</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>108</v>
+        <v>139</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A20" s="6">
-        <v>23568</v>
+        <v>23726</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>232</v>
+        <v>203</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A21" s="6">
-        <v>23575</v>
+        <v>23788</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>252</v>
+        <v>203</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>161</v>
+        <v>105</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>69</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="6">
-        <v>23590</v>
+        <v>23806</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>234</v>
+        <v>202</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A23" s="6">
-        <v>23601</v>
+        <v>23761</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>234</v>
+        <v>202</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>160</v>
+        <v>119</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="E23" s="8" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A24" s="6">
-        <v>23611</v>
+        <v>23741</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A25" s="6">
-        <v>23538</v>
+        <v>23821</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>237</v>
+        <v>218</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="F25" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A26" s="6">
-        <v>23553</v>
+        <v>23813</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>214</v>
+        <v>176</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>115</v>
+        <v>59</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="E26" s="8" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A27" s="6">
-        <v>23519</v>
+        <v>23770</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="6">
-        <v>23563</v>
+        <v>23730</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>243</v>
+        <v>181</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="6">
-        <v>23567</v>
+        <v>23725</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>184</v>
+        <v>247</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A30" s="6">
-        <v>23620</v>
+        <v>23808</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>173</v>
+        <v>247</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>30</v>
+        <v>143</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="6">
-        <v>23586</v>
+        <v>23762</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>206</v>
+        <v>183</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="6">
-        <v>23571</v>
+        <v>23733</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>226</v>
+        <v>182</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>146</v>
+        <v>76</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="6">
-        <v>23612</v>
+        <v>23811</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>244</v>
+        <v>208</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E33" s="8" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A34" s="6">
-        <v>23593</v>
+        <v>23763</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>169</v>
+        <v>80</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>86</v>
+        <v>42</v>
       </c>
       <c r="E34" s="8" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A35" s="6">
-        <v>23539</v>
+        <v>23825</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>215</v>
+        <v>185</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="E35" s="8" t="s">
-        <v>7</v>
+        <v>81</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A36" s="6">
-        <v>23583</v>
+        <v>23716</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A37" s="6">
-        <v>23562</v>
+        <v>23781</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>246</v>
+        <v>217</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D37" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="6">
+        <v>23695</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="6">
+        <v>23752</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E39" s="8" t="s">
         <v>24</v>
-      </c>
-[...41 lines deleted...]
-        <v>8</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="6">
-        <v>23525</v>
+        <v>23784</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="F40" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="6">
+        <v>23756</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F41" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="45" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-    <row r="42" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="6">
-        <v>23609</v>
+        <v>23820</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="6">
-        <v>23591</v>
+        <v>23729</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>208</v>
+        <v>172</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>104</v>
+        <v>50</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="6">
-        <v>23599</v>
+        <v>23823</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="6">
-        <v>23574</v>
+        <v>23826</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A46" s="6">
-        <v>23533</v>
+        <v>23742</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>239</v>
+        <v>170</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A47" s="6">
-        <v>23592</v>
+        <v>23787</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="6">
-        <v>23615</v>
+        <v>23731</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A49" s="6">
-        <v>23542</v>
+        <v>23805</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>190</v>
+        <v>222</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="6">
-        <v>23548</v>
+        <v>23722</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>251</v>
+        <v>209</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>156</v>
+        <v>115</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A51" s="6">
-        <v>23618</v>
+        <v>23713</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>251</v>
+        <v>207</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>157</v>
+        <v>110</v>
       </c>
       <c r="D51" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="6">
+        <v>23743</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="D52" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="E51" s="8" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="E52" s="8" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A53" s="6">
-        <v>23627</v>
+        <v>23801</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>220</v>
+        <v>195</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="6">
-        <v>15119</v>
+        <v>23777</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>221</v>
+        <v>191</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>128</v>
+        <v>89</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>130</v>
+        <v>73</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A55" s="6">
-        <v>23581</v>
+        <v>23717</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
     </row>
     <row r="56" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A56" s="6">
-        <v>23578</v>
+        <v>23786</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="D56" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="6">
+        <v>23727</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="6">
+        <v>23797</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="D58" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="E56" s="8" t="s">
+      <c r="E58" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="F56" s="7" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F58" s="7" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A59" s="6">
-        <v>23522</v>
+        <v>23776</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>185</v>
+        <v>249</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>56</v>
+        <v>150</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A60" s="6">
-        <v>23560</v>
+        <v>23791</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>185</v>
+        <v>220</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>58</v>
+        <v>127</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A61" s="6">
-        <v>23576</v>
+        <v>15119</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>87</v>
+        <v>130</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A62" s="6">
-        <v>23541</v>
+        <v>23750</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>175</v>
+        <v>215</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="6">
-        <v>23506</v>
+        <v>23798</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A64" s="6">
-        <v>23594</v>
+        <v>23799</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>103</v>
+        <v>162</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A65" s="6">
-        <v>23558</v>
+        <v>23779</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>219</v>
+        <v>233</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>123</v>
+        <v>151</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A66" s="6">
-        <v>23616</v>
+        <v>23824</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>219</v>
+        <v>197</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>124</v>
+        <v>96</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>109</v>
+        <v>74</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A67" s="6">
-        <v>23610</v>
+        <v>23815</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>193</v>
+        <v>235</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>77</v>
+        <v>160</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="F67" s="7" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A68" s="6">
+        <v>23819</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E68" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A69" s="6">
+        <v>23764</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E69" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="6">
+        <v>23807</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" s="7" t="s">
         <v>29</v>
-      </c>
-[...58 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A71" s="6">
-        <v>23546</v>
+        <v>23765</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>171</v>
+        <v>86</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="F71" s="7" t="s">
-        <v>140</v>
+        <v>87</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A72" s="6">
-        <v>23540</v>
+        <v>23745</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>202</v>
+        <v>173</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F72" s="7" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
     </row>
     <row r="73" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A73" s="6">
-        <v>23604</v>
+        <v>23804</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>202</v>
+        <v>173</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="F73" s="7" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
     </row>
     <row r="74" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A74" s="6">
-        <v>23556</v>
+        <v>23732</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>133</v>
+        <v>104</v>
       </c>
       <c r="D74" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E74" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="E74" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" s="7" t="s">
-        <v>57</v>
+        <v>106</v>
       </c>
     </row>
     <row r="75" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A75" s="6">
-        <v>23614</v>
+        <v>23790</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>134</v>
+        <v>107</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>136</v>
+        <v>79</v>
       </c>
       <c r="F75" s="7" t="s">
-        <v>57</v>
+        <v>106</v>
       </c>
     </row>
     <row r="76" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="6">
-        <v>23605</v>
+        <v>23795</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>204</v>
+        <v>226</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F76" s="7" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A77" s="6">
-        <v>23600</v>
+        <v>23720</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>230</v>
+        <v>177</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F77" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="6">
-        <v>23544</v>
+        <v>23789</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="79" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="6">
-        <v>16802</v>
+        <v>23771</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>189</v>
+        <v>229</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>66</v>
+        <v>142</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="F79" s="7" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A80" s="6">
-        <v>23529</v>
+        <v>23718</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>187</v>
+        <v>219</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>62</v>
+        <v>126</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="F80" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A81" s="6">
-        <v>23535</v>
+        <v>23759</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="E81" s="8" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="F81" s="7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A82" s="6">
-        <v>23603</v>
+        <v>23755</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>213</v>
+        <v>186</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>114</v>
+        <v>82</v>
       </c>
       <c r="D82" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E82" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="E82" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A83" s="6">
-        <v>23628</v>
+        <v>23734</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F83" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A84" s="6">
-        <v>23552</v>
+        <v>23809</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>231</v>
+        <v>193</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>151</v>
+        <v>93</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E84" s="8" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="F84" s="7" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A85" s="6">
-        <v>23617</v>
+        <v>23814</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="E85" s="8" t="s">
-        <v>153</v>
+        <v>11</v>
       </c>
       <c r="F85" s="7" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A86" s="6">
-        <v>23554</v>
+        <v>23746</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>247</v>
+        <v>216</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="E86" s="8" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="F86" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A87" s="6">
+        <v>23728</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="C87" s="7" t="s">
         <v>140</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D87" s="8" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="E87" s="8" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="F87" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A88" s="6">
-        <v>23555</v>
+        <v>23778</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>197</v>
+        <v>167</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>81</v>
+        <v>38</v>
       </c>
       <c r="E88" s="8" t="s">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="F88" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="6">
-        <v>23588</v>
+        <v>23736</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>228</v>
+        <v>179</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>148</v>
+        <v>66</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="E89" s="8" t="s">
-        <v>87</v>
+        <v>48</v>
       </c>
       <c r="F89" s="7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A90" s="6">
-        <v>23528</v>
+        <v>23802</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>233</v>
+        <v>179</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E90" s="8" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F90" s="7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A91" s="6">
-        <v>23572</v>
+        <v>23803</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>253</v>
+        <v>187</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>162</v>
+        <v>12</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="E91" s="8" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="F91" s="7" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
     </row>
     <row r="92" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A92" s="6">
-        <v>23598</v>
+        <v>16802</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>255</v>
+        <v>180</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>167</v>
+        <v>68</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="E92" s="8" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="F92" s="7" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
     </row>
     <row r="93" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A93" s="6">
-        <v>23534</v>
+        <v>23744</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>141</v>
+        <v>96</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="E93" s="8" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="F93" s="7" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
     </row>
     <row r="94" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A94" s="6">
-        <v>23596</v>
+        <v>23782</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>142</v>
+        <v>98</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="F94" s="7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A95" s="6">
-        <v>23585</v>
+        <v>23747</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>131</v>
+        <v>72</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="E95" s="8" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="96" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A96" s="6">
-        <v>23566</v>
+        <v>23817</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="C96" s="7" t="s">
-        <v>143</v>
+        <v>72</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>7</v>
+        <v>73</v>
       </c>
       <c r="E96" s="8" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="F96" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A97" s="6">
-        <v>23623</v>
+        <v>23766</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E97" s="8" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="F97" s="7" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="6">
-        <v>23547</v>
+        <v>23754</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>176</v>
+        <v>199</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>39</v>
+        <v>100</v>
       </c>
       <c r="D98" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E98" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F98" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="E98" s="8" t="s">
-[...6 lines deleted...]
-    <row r="99" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    </row>
+    <row r="99" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A99" s="6">
-        <v>23595</v>
+        <v>23715</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>181</v>
+        <v>245</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>50</v>
+        <v>137</v>
       </c>
       <c r="D99" s="8" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="E99" s="8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F99" s="7" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A100" s="6">
-        <v>23557</v>
+        <v>23780</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>71</v>
+        <v>138</v>
       </c>
       <c r="D100" s="8" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="E100" s="8" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F100" s="7" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A101" s="6">
-        <v>23626</v>
+        <v>23753</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="D101" s="8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E101" s="8" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="F101" s="7" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A102" s="6">
-        <v>23536</v>
+        <v>23719</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="E102" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="F102" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A103" s="6">
-        <v>23564</v>
+        <v>23775</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>254</v>
+        <v>175</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>166</v>
+        <v>56</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="E103" s="8" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A104" s="6">
-        <v>23622</v>
+        <v>23767</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>46</v>
+        <v>155</v>
       </c>
       <c r="D104" s="8" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="E104" s="8" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="F104" s="7" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
     </row>
     <row r="105" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A105" s="6">
-        <v>23565</v>
+        <v>23822</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>212</v>
+        <v>175</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>111</v>
+        <v>154</v>
       </c>
       <c r="D105" s="8" t="s">
-        <v>7</v>
+        <v>73</v>
       </c>
       <c r="E105" s="8" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="F105" s="7" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A106" s="6">
-        <v>23577</v>
+        <v>23794</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>216</v>
+        <v>188</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>119</v>
+        <v>83</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="F106" s="7" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A107" s="6">
-        <v>23530</v>
+        <v>23757</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>216</v>
+        <v>251</v>
       </c>
       <c r="C107" s="7" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>117</v>
+        <v>6</v>
       </c>
       <c r="E107" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F107" s="7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A108" s="6">
-        <v>23602</v>
+        <v>23748</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>216</v>
+        <v>241</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>126</v>
+        <v>72</v>
       </c>
       <c r="D108" s="8" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="E108" s="8" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="F108" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A109" s="6">
-        <v>23559</v>
+        <v>23772</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>250</v>
+        <v>168</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D109" s="8" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
       <c r="E109" s="8" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
       <c r="F109" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A110" s="6">
-        <v>23573</v>
+        <v>23768</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>178</v>
+        <v>205</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="D110" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E110" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A111" s="6">
+        <v>23740</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="C111" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="E110" s="8" t="s">
+      <c r="D111" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="F110" s="7" t="s">
+      <c r="E111" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F111" s="7" t="s">
         <v>45</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A112" s="6">
+        <v>23769</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="D112" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="E112" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="F112" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A113" s="6">
+        <v>23739</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D113" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E113" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F113" s="7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A114" s="6">
+        <v>23810</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D114" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A115" s="6">
+        <v>23705</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E115" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F115" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A116" s="6">
+        <v>23792</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="D116" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="7" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F110">
-    <sortCondition ref="B2:B110"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F116">
+    <sortCondition ref="B2:B116"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{544F8A34-74C5-4DEF-AC78-39D22A554E17}">
-  <dimension ref="A1:E3"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFE6A199-562F-4295-B122-CAED68A88EC5}">
+  <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="2">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E3" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="2">
+        <v>760</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="3" t="s">
         <v>12</v>
       </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>14</v>
+      </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:E1" xr:uid="{FFE6A199-562F-4295-B122-CAED68A88EC5}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E4">
+    <sortCondition ref="B2:B4"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SKIPS</vt:lpstr>
       <vt:lpstr>MATERIALS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>